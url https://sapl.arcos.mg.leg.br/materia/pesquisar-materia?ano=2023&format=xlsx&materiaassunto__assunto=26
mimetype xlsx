--- v0 (2026-01-26)
+++ v1 (2026-03-14)
@@ -54,252 +54,252 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Carlinhos</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/13/projeto_de_decreto_no_035-2023_honra_ao_merito_viviane_mariano.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/13/projeto_de_decreto_no_035-2023_honra_ao_merito_viviane_mariano.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À SRA. VIVIANE MARIANO RODRIGUES.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_decreto_no_036-2023_cidadao_honorario_gilberto_pinto_da_fonseca.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_decreto_no_036-2023_cidadao_honorario_gilberto_pinto_da_fonseca.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. GILBERTO PINTO DA FONSECA.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Flávio</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_decreto_no_037-2023_cidadao_honorario_alex_reis_arlindo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_decreto_no_037-2023_cidadao_honorario_alex_reis_arlindo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. ALEX REIS ARLINDO.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Calixto</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_decreto_no_038-2023_boina_de_ouro_celso_alves_de_oliveira.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_decreto_no_038-2023_boina_de_ouro_celso_alves_de_oliveira.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” AO SR. CELSO ALVES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Ademar Sorriso</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/17/projeto_de_decreto_no_039-2023_mocao_honrosa.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/17/projeto_de_decreto_no_039-2023_mocao_honrosa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO DE APOIO A EMPRESA BRASILEIRA DE CORREIOS E TELÉGRAFOS.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Ney Miranda</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/18/projeto_de_decreto_no_040-2023_boina_de_ouro_janio_aparecido_dos_santos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/18/projeto_de_decreto_no_040-2023_boina_de_ouro_janio_aparecido_dos_santos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” AO SR. JANIO APARECIDO DOS SANTOS.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Kátia</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_decreto_no_041-2023_boina_de_ouro_elisangela_de_fatima_ferreira.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_decreto_no_041-2023_boina_de_ouro_elisangela_de_fatima_ferreira.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” À SRA. ELISÂNGELA DE FÁTIMA FERREIRA.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_decreto_no_042-2023_mocao_honrosa_cleidinea_aparecida.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_decreto_no_042-2023_mocao_honrosa_cleidinea_aparecida.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SERVIDORA MUNICIPAL CLEIDINEA APARECIDA NASCIMENTO PEREIRA.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_decreto_no_043-2023_mocao_honrosa_cinara_camilo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_decreto_no_043-2023_mocao_honrosa_cinara_camilo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SERVIDORA MUNICIPAL CINARA CRISTINA CAMILO.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/4/projeto_de_decreto_no_044-2023_cidadao_honorario_geraldo_ribeiro.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/4/projeto_de_decreto_no_044-2023_cidadao_honorario_geraldo_ribeiro.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. GERALDO RIBEIRO.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/5/projeto_de_decreto_no_045-2023_honra_ao_merito_postumo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/5/projeto_de_decreto_no_045-2023_honra_ao_merito_postumo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO PÓSTUMO” AO SR. JOÃO RODRIGUES FILHO – JOÃOZINHO ALFAIATE.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Letinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/6/projeto_de_decreto_no_046-2023_boina_de_ouro_jose_de_freitas.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/6/projeto_de_decreto_no_046-2023_boina_de_ouro_jose_de_freitas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” AO SR. JOSÉ DE FREITAS.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Ronaldo Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_decreto_no_047-2023_cidadao_honorario_joao_luis_campos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_decreto_no_047-2023_cidadao_honorario_joao_luis_campos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. JOÃO LUÍS CAMPOS.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/8/projeto_de_decreto_no_048-2023_cidadao_honorario_natanael_rodrigues_leal.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/8/projeto_de_decreto_no_048-2023_cidadao_honorario_natanael_rodrigues_leal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. NATANAEL RODRIGUES LEAL.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/11/projeto_de_lei_no_017-2023_-__denominacao_praca_ecologica.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/11/projeto_de_lei_no_017-2023_-__denominacao_praca_ecologica.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO PARQUE QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/12/projeto_de_lei_no_018-2023_-__denominacao_rua_santa_rita.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/12/projeto_de_lei_no_018-2023_-__denominacao_rua_santa_rita.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA NA COMUNDADE DA ILHA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -606,68 +606,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/13/projeto_de_decreto_no_035-2023_honra_ao_merito_viviane_mariano.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_decreto_no_036-2023_cidadao_honorario_gilberto_pinto_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_decreto_no_037-2023_cidadao_honorario_alex_reis_arlindo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_decreto_no_038-2023_boina_de_ouro_celso_alves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/17/projeto_de_decreto_no_039-2023_mocao_honrosa.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/18/projeto_de_decreto_no_040-2023_boina_de_ouro_janio_aparecido_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_decreto_no_041-2023_boina_de_ouro_elisangela_de_fatima_ferreira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_decreto_no_042-2023_mocao_honrosa_cleidinea_aparecida.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_decreto_no_043-2023_mocao_honrosa_cinara_camilo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/4/projeto_de_decreto_no_044-2023_cidadao_honorario_geraldo_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/5/projeto_de_decreto_no_045-2023_honra_ao_merito_postumo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/6/projeto_de_decreto_no_046-2023_boina_de_ouro_jose_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_decreto_no_047-2023_cidadao_honorario_joao_luis_campos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/8/projeto_de_decreto_no_048-2023_cidadao_honorario_natanael_rodrigues_leal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/11/projeto_de_lei_no_017-2023_-__denominacao_praca_ecologica.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/12/projeto_de_lei_no_018-2023_-__denominacao_rua_santa_rita.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/13/projeto_de_decreto_no_035-2023_honra_ao_merito_viviane_mariano.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_decreto_no_036-2023_cidadao_honorario_gilberto_pinto_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_decreto_no_037-2023_cidadao_honorario_alex_reis_arlindo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_decreto_no_038-2023_boina_de_ouro_celso_alves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/17/projeto_de_decreto_no_039-2023_mocao_honrosa.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/18/projeto_de_decreto_no_040-2023_boina_de_ouro_janio_aparecido_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_decreto_no_041-2023_boina_de_ouro_elisangela_de_fatima_ferreira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_decreto_no_042-2023_mocao_honrosa_cleidinea_aparecida.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_decreto_no_043-2023_mocao_honrosa_cinara_camilo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/4/projeto_de_decreto_no_044-2023_cidadao_honorario_geraldo_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/5/projeto_de_decreto_no_045-2023_honra_ao_merito_postumo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/6/projeto_de_decreto_no_046-2023_boina_de_ouro_jose_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_decreto_no_047-2023_cidadao_honorario_joao_luis_campos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/8/projeto_de_decreto_no_048-2023_cidadao_honorario_natanael_rodrigues_leal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/11/projeto_de_lei_no_017-2023_-__denominacao_praca_ecologica.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/12/projeto_de_lei_no_018-2023_-__denominacao_rua_santa_rita.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="117.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>