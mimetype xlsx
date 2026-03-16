--- v0 (2025-10-25)
+++ v1 (2026-03-16)
@@ -54,1614 +54,1614 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
     <t>Ademar Sorriso</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/140/emenda_impositiva_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/140/emenda_impositiva_sorriso.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria do Vereador Ademar Aureliano de Medeiros sobre o Projeto de Lei Complementar nº 032/2023 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Ronaldo Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/141/emenda_impositiva_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/141/emenda_impositiva_ronaldo.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria do Vereador Ronaldo Gaspar Ribeiro sobre o Projeto de Lei Complementar nº 032/2023 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Ney Miranda</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/142/emenda_impositiva_ney.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/142/emenda_impositiva_ney.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria do Vereador Ney Carlos Miranda sobre o Projeto de Lei Complementar nº 032/2023 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Flávio</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/143/emenda_impositiva_flavio.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/143/emenda_impositiva_flavio.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria do Vereador Flávio Correia da Silva sobre o Projeto de Lei Complementar nº 032/2023 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Letinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/144/emenda_impositiva_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/144/emenda_impositiva_laerte.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria do Vereador Laerte Cesário Mateus sobre o Projeto de Lei Complementar nº 032/2023 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Calixto</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/145/emenda_impositiva_calixto.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/145/emenda_impositiva_calixto.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria do Vereador José Calixto da Fonseca sobre o Projeto de Lei Complementar nº 032/2023 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Kátia</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/146/emenda_impositiva_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/146/emenda_impositiva_katia.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria da Vereadora Kátia Mateus de Moura Sousa sobre o Projeto de Lei Complementar nº 032/2023 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Carlinhos</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/147/emenda_impositiva_carlinhos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/147/emenda_impositiva_carlinhos.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria do Vereador Carlos Antônio da Silva sobre o Projeto de Lei Complementar nº 032/2023 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Joãozinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/148/emenda_impositiva_joaozinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/148/emenda_impositiva_joaozinho.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria do Vereador João Paulo Ferreira sobre o Projeto de Lei Complementar nº 032/2023 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/</t>
+    <t>http://sapl.arcos.mg.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO DR. ROBERTO DIAS DE CARVALHO.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_decreto_no_029-2023_cidadao_honorario_pastor_ademir_donizeth_camargos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_decreto_no_029-2023_cidadao_honorario_pastor_ademir_donizeth_camargos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO PASTOR ADEMIR DONIZETH CAMARGOS.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_decreto_no_030-2023_cidadao_honorario_pastor_clerio_pereira_da_mota.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_decreto_no_030-2023_cidadao_honorario_pastor_clerio_pereira_da_mota.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO PASTOR CLÉRIO PEREIRA DA MOTA.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/27/projeto_de_decreto_no_031-2023_boina_de_ouro_jesus_luiz_da_fonseca.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/27/projeto_de_decreto_no_031-2023_boina_de_ouro_jesus_luiz_da_fonseca.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” AO SR. JÉSUS LUIZ DA FONSECA.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/28/projeto_de_decreto_no_032-2023_honra_ao_merito_fabiana_guimaraes.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/28/projeto_de_decreto_no_032-2023_honra_ao_merito_fabiana_guimaraes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” À SRA. FABIANA DE FÁTIMA FERREIRA GUIMARÃES.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/29/projeto_de_decreto_no_033-2023_honra_ao_merito_rosalvo_goncalves_cardoso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/29/projeto_de_decreto_no_033-2023_honra_ao_merito_rosalvo_goncalves_cardoso.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR. ROSALVO GONÇALVES CARDOSO.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/30/projeto_de_decreto_no_034-2023_boina_de_ouro_rogerio_frederico_lage.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/30/projeto_de_decreto_no_034-2023_boina_de_ouro_rogerio_frederico_lage.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” AO SR. ROGÉRIO FREDERICO LAGE.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Ademar Sorriso, Calixto, Carlinhos, Flávio, Joãozinho, Kátia, Letinho, Ney Miranda, Ronaldo Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/33/projeto_de_decreto_no_049-2023_cidadao_honorario_dr._ricardo_silva.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/33/projeto_de_decreto_no_049-2023_cidadao_honorario_dr._ricardo_silva.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO DR. RICARDO SILVA</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/34/projeto_de_decreto_no_050-2023_cidada_honoraria_lucia_maria_lopes.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/34/projeto_de_decreto_no_050-2023_cidada_honoraria_lucia_maria_lopes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À SRA. LÚCIA MARIA LOPES</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/35/projeto_de_decreto_no_051-2023_cidada_honoraria_viviane_aparecida_silva_nascimento.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/35/projeto_de_decreto_no_051-2023_cidada_honoraria_viviane_aparecida_silva_nascimento.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À SRA. VIVIANE APARECIDA SILVA NASCIMENTO</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/36/projeto_de_decreto_no_052-2023_boina_de_ouro_tenente_rogger_diogo_santos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/36/projeto_de_decreto_no_052-2023_boina_de_ouro_tenente_rogger_diogo_santos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” AO TENENTE ROGGER DIOGO SANTOS</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/37/projeto_de_decreto_no_053-2023_cidadao_honorario_jefferson_ferreira.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/37/projeto_de_decreto_no_053-2023_cidadao_honorario_jefferson_ferreira.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. JEFFERSON FERREIRA</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO DE REPÚDIO AO EXECUTIVO MUNICIPAL E SECRETARIA MUNICIPAL DE MEIO AMBIENTE PELAS SUPRESSÕES DE ÁRVORES NA CIDADE E OUTRAS AGRESSÕES AO MEIO AMBIENTE</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/69/projeto_de_decreto_no_055-2023_honra_ao_merito_valda_das_dores_da_cruz.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/69/projeto_de_decreto_no_055-2023_honra_ao_merito_valda_das_dores_da_cruz.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” À SRA. VALDA DAS DORES DA CRUZ.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_decreto_no_056-2023_cidadao_honorario_dr._gustavo_cardoso_rogana.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_decreto_no_056-2023_cidadao_honorario_dr._gustavo_cardoso_rogana.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO DR. GUSTAVO CARDOSO ROGANA.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_decreto_no_057-2023_honra_ao_merito_francisco_claudio_de_oliveira.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_decreto_no_057-2023_honra_ao_merito_francisco_claudio_de_oliveira.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR. FRANCISCO CLÁUDIO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_decreto_no_058-2023_honra_ao_merito_jose_donizetti_de_araujo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_decreto_no_058-2023_honra_ao_merito_jose_donizetti_de_araujo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR. JOSÉ DONIZETTI DE ARAÚJO.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Calixto, Carlinhos, Joãozinho, Letinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/82/projeto_de_decreto_no_059-2023_mocao_de_apoio_ao_congresso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/82/projeto_de_decreto_no_059-2023_mocao_de_apoio_ao_congresso.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO DE APOIO AO CONGRESSO NACIONAL, EM DEFESA DAS GARANTIAS E PRERROGATIVAS CONSTITUCIONAIS DAS COMPETÊNCIAS DO PODER LEGISLATIVO</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_decreto_no_060-2023_cidadao_honorario_lecio_de_sousa.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_decreto_no_060-2023_cidadao_honorario_lecio_de_sousa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. LÉCIO DE SOUSA.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_decreto_no_061-2023_cidada_honoraria_luciana_joaquim.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_decreto_no_061-2023_cidada_honoraria_luciana_joaquim.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À SRA. LUCIANA APARECIDA JOAQUIM ALVES.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_decreto_no_062-2023_boina_de_ouro_gerson_do_couto.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_decreto_no_062-2023_boina_de_ouro_gerson_do_couto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” AO SR. GERSON JOSÉ DO COUTO.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_decreto_no_063-2023_honra_ao_merito_arlem_lorivalde_lemos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_decreto_no_063-2023_honra_ao_merito_arlem_lorivalde_lemos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR. ARLEM LORIVAL DE LEMOS.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_decreto_no_064-2023_mocao_honrosa_junia_de_sousa_medeiros.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_decreto_no_064-2023_mocao_honrosa_junia_de_sousa_medeiros.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. JÚNIA DE SOUSA MEDEIROS</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_decreto_no_065-2023_mocao_honrosa_aeska_dias_carolino.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_decreto_no_065-2023_mocao_honrosa_aeska_dias_carolino.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SERVIDORA MUNICIPAL AESKA DIAS CAROLINO.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_decreto_no_066-2023_mocao_honrosa_lazara_teixeira_de_sousa.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_decreto_no_066-2023_mocao_honrosa_lazara_teixeira_de_sousa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. LÁZARA TEIXEIRA DE SOUSA.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_de_decreto_no_067-2023_mocao_honrosa_rosana_cristina_ferreira_silva.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_de_decreto_no_067-2023_mocao_honrosa_rosana_cristina_ferreira_silva.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. ROSANA CRISTINA FERREIRA SILVA.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_de_decreto_no_068-2023_mocao_honrosa_vagna_maria_de_oliveira_almeida.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_de_decreto_no_068-2023_mocao_honrosa_vagna_maria_de_oliveira_almeida.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. VAGNA MARIA DE OLIVEIRA ALMEIDA.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_decreto_no_069-2023_mocao_de_apelo_ministro_da_educacao.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_decreto_no_069-2023_mocao_de_apelo_ministro_da_educacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO DE APELO APOIO AO MINISTRO DA EDUCAÇÃO - SR. CAMILO SANTANA, PARA QUE SEJA ESTABELECIDA IGUALDADE NAS NEGOCIAÇÕES DO FIES (FINANCIAMENTO ESTUDANTIL) PARA ADIMPLENTES E INADIMPLENTES.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_decreto_no_070-2023_mocao_honrosa_apac.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_decreto_no_070-2023_mocao_honrosa_apac.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À DIRETORIA E EQUIPE DE FUNICONÁRIOS DA APAC DE ARCOS/MG.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_decreto_no_071-2023_mocao_honrosa_tete_diniz.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_decreto_no_071-2023_mocao_honrosa_tete_diniz.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO DIRETOR EXECUTIVO DO HOSPITAL MUNICIPAL SÃO JOSÉ – TETÊ DINIZ.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/115/proposta_de_emenda_lei_organica_01-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/115/proposta_de_emenda_lei_organica_01-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 7º DO ARTIGO 165 DA LEI ORGÂNICA MUNICIPAL DE ARCOS/MG.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
     <t>Claudenir José de Melo</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/67/projeto_de_lei_023-2023_-_contratacao_de_plano_de_saude_para_os_servidores_publicos_municipais.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/67/projeto_de_lei_023-2023_-_contratacao_de_plano_de_saude_para_os_servidores_publicos_municipais.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR PLANO DE SAÚDE E ASSISTÊNCIA MÉDICA AOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_025-2023_-_educacao_total_reduzida.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_025-2023_-_educacao_total_reduzida.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA “EDUCAÇÃO TOTAL” NO MUNICÍPIO DE ARCOS, QUE VISA FOMENTAR ATIVIDADES SOCIOEDUCATIVAS EXTRACLASSE</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_028-2023_-_dispoe_sobre_criacao_de__cargo_temporario_programa_educacao_total.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_028-2023_-_dispoe_sobre_criacao_de__cargo_temporario_programa_educacao_total.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CARGOS TEMPORÁRIOS, RESPECTIVOS PROVIMENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/111/projeto_de_lei_029-2023_-_desafetacao_de_area_para_construcao_de_empreendimento_habitacional_no_local_denominado_bairro_residencial_sao_geraldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/111/projeto_de_lei_029-2023_-_desafetacao_de_area_para_construcao_de_empreendimento_habitacional_no_local_denominado_bairro_residencial_sao_geraldo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAFETAÇÃO DE EQUIPAMENTO COMUNITÁRIO DE IMÓVEL PERTENCENTE AO MUNICÍPIO, PARA FINS DE CONSTRUÇÃO DE EMPREENDIMENTO HABITACIONAL PARA FAMÍLIAS DE BAIXA RENDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/112/projeto_de_lei_030-2023_-_eleva_numero_de_vagas_de_dentista.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/112/projeto_de_lei_030-2023_-_eleva_numero_de_vagas_de_dentista.pdf</t>
   </si>
   <si>
     <t>ELEVA O NÚMERO DE VAGAS PARA A FUNÇÃO PÚBLICA DE DENTISTA DO PROGRAMA DE SAÚDE DA FAMÍLIA E DO NÚCLEO DE APOIO À SAÚDE DA FAMÍLIA (NASF) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/121/projeto_de_lei_031-2023_-_abono_natalino_2023_1.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/121/projeto_de_lei_031-2023_-_abono_natalino_2023_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ABONO PECUNIÁRIO NATALINO AOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/122/projeto_de_lei_032-2023_-_altera_a_lei_3.021-2023_-_concessao_de_cesta_natalina.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/122/projeto_de_lei_032-2023_-_altera_a_lei_3.021-2023_-_concessao_de_cesta_natalina.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 3.021, DE 14 DE FEVEREIRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/127/projeto_de_lei_033-2023__-_eleva_o_numero_de_vagas_para_o_cargo_de_assistente.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/127/projeto_de_lei_033-2023__-_eleva_o_numero_de_vagas_para_o_cargo_de_assistente.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NO QUADRO DE PESSOAL DO PODER EXECUTIVO MUNICIPAL, ELEVANDO O NÚMERO DE VAGAS PREVISTAS PARA O CARGO DE ASSISTENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/155/plo_034-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/155/plo_034-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI ORDINÁRIA Nº 3.104, DE 16 DE OUTUBRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/172/plo_035-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/172/plo_035-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ARCOS/MG A PROMOVER A CONCESSÃO DE USO DE VEÍCULO AO SINDICATO DOS TRABALHADORES RURAIS DE ARCOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/173/plo_036-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/173/plo_036-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE SUBSÍDIO HABITACIONAL – BOLSA MORADIA, VOLTADOS A PROJETOS HABITACIONAIS DE INTERESSE SOCIAL – PHIS</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_037-2023_-_concessao_de_veiculo_ao_centro_de_equoterapia_miguel_guerreiro.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_037-2023_-_concessao_de_veiculo_ao_centro_de_equoterapia_miguel_guerreiro.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ARCOS/MG A PROMOVER A CONCESSÃO DE USO DE VEÍCULO AO CENTRO DE EQUOTERAPIA  MIGUEL GUERREIRO EM ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_038-2023_-_concessao_de_contribuicoes_para_2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_038-2023_-_concessao_de_contribuicoes_para_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÕES NO EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_lei_039-2023_-_concessao_de_subvencoes_para_2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_lei_039-2023_-_concessao_de_subvencoes_para_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE SUBVENÇÕES NO EXERCÍCIO DE 2023 ÀS ENTIDADES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/178/projeto_de_lei_040-2023_-_concessao_de_veiculo_ao_sindicato_rural.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/178/projeto_de_lei_040-2023_-_concessao_de_veiculo_ao_sindicato_rural.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ARCOS/MG A PROMOVER A CONCESSÃO DE USO DE VEÍCULO AO SINDICATO RURAL DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/179/plo_041-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/179/plo_041-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ARCOS/MG A CELEBRAR CONVÉNIO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Joãozinho, Ademar Sorriso, Carlinhos, Letinho, Ronaldo Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/31/projeto_de_lei_no_019-2023_-__utilidade_publica_consep.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/31/projeto_de_lei_no_019-2023_-__utilidade_publica_consep.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CONSELHO COMUNITÁRIO DE SEGURANÇA PÚBLICA DE ARCOS – CONSEP</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/32/projeto_de_lei_no_020-2023_-_altera_denominacao__denominacao_travessa_ii.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/32/projeto_de_lei_no_020-2023_-_altera_denominacao__denominacao_travessa_ii.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA TRAVESSA II, NO BAIRRO NOVO SOL NASCENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/84/projeto_de_lei_no_021-2023_-_brinquedos_para_criancas_com_deficiencia_b.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/84/projeto_de_lei_no_021-2023_-_brinquedos_para_criancas_com_deficiencia_b.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO EM LOCAIS PÚBLICOS MUNICIPAIS DE BRINQUEDOS ADAPTADOS E EQUIPAMENTOS ESPECIALMENTE DESENVOLVIDOS PARA LAZER E RECREAÇÃO DE CRIANÇAS COM DEFICIÊNCIA E/OU COM MOBILIDADE REDUZIDA, NO ÂMBITO DO MUNICÍPIO DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_lei_no_022-2023_-_marcha_pra_jesus.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_lei_no_022-2023_-_marcha_pra_jesus.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 2.836/17 PARA INSTITUIR O DIA DA MARCHA PARA JESUS NO ÂMBITO DO MUNICÍPIO DE ARCOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/113/projeto_de_lei_no_023-2023_-_isencao_em_concurso_para_prestador_de_servico_eleitoral.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/113/projeto_de_lei_no_023-2023_-_isencao_em_concurso_para_prestador_de_servico_eleitoral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DO PAGAMENTO DE VALORES A TÍTULO DE INSCRIÇÃO EM CONCURSOS PÚBLICOS E PROCESSOS SELETIVOS, NO ÂMBITO DO MUNICÍPIO DE ARCOS, PARA CIDADÃOS QUE TENHAM PRESTADO SERVIÇO ELEITORAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/156/proejto_de_lei_no_25-2023_-_aumento_do_cargo_de_auxiliar_de_contabilidade.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/156/proejto_de_lei_no_25-2023_-_aumento_do_cargo_de_auxiliar_de_contabilidade.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NO QUADRO DE PESSOAL DO PODER LEGISLATIVO MUNICIPAL, ELEVANDO O NÚMERO DE VAGAS PREVISTAS PARA O CARGO DE AUXILIAR DE CONTABILIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_no_026-2023_-_alteracao_merito_ambiental.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_no_026-2023_-_alteracao_merito_ambiental.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL Nº 2.946 DE 30/10/2019 QUE INSTITUIU A HONRARIA DE “MÉRITO AMBIENTAL” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/169/projeto_de_lei_no_27-2023_-gratificacao_por_cessao_a_justica_eleitoral.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/169/projeto_de_lei_no_27-2023_-gratificacao_por_cessao_a_justica_eleitoral.pdf</t>
   </si>
   <si>
     <t>CRIA GRATIFICAÇÃO DE ATIVIDADE E APOIO AOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE ARCOS QUE FOREM REQUISITADOS E CEDIDOS À JUSTIÇA ELEITORAL PARA A PRESTAÇÃO DE SERVIÇOS NO ÂMBITO DA 18ª ZONA ELEITORAL DO TRE/MG.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_de_lei_no_028-2023_-_denominacao__quadra_poliesportiva_antonio_acacio_filho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_de_lei_no_028-2023_-_denominacao__quadra_poliesportiva_antonio_acacio_filho.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO PÚBLICA À QUADRA POLIESPORTIVA DO BAIRRO PARQUE DA FLORESTA.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_lei_no_029-2023_-_denominacao__casa_de_apoio_leonor_pessoa.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_lei_no_029-2023_-_denominacao__casa_de_apoio_leonor_pessoa.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO PÚBLICA À CASA DE APOIO AO ARCOENSE DA CIDADE DE DIVINÓPOLIS/MG.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/83/projeto_de_lei_complementar_027-2023_-_parcelamento_de_solo_para_fins_de_chacreamento.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/83/projeto_de_lei_complementar_027-2023_-_parcelamento_de_solo_para_fins_de_chacreamento.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE SOLO RURAL PARA FINS DE CHACREAMENTO RURAL NO MUNICÍPIO DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_complementar_033-2023_-_concessao_de_auxilio_a_sociedade_vencer_-_r98.00000.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_complementar_033-2023_-_concessao_de_auxilio_a_sociedade_vencer_-_r98.00000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUXÍLIO À SOCIEDADE DE APOIO AO PACIENTE COM CÂNCER DE ARCOS – SOCIEDADE VENCER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_complementar_035-2023_-_abertura_de_credito_adicional_especial_-_r500.00000_-_suvencao_a_acia_natal.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_complementar_035-2023_-_abertura_de_credito_adicional_especial_-_r500.00000_-_suvencao_a_acia_natal.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/81/plc-037-2023-pdf.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/81/plc-037-2023-pdf.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE INCENTIVO À REGULARIZAÇÃO FISCAL COM A FAZENDA PÚBLICA DO MUNICÍPIO DE ARCOS – REFIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_complementar_039-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_complementar_039-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_lei_complementar_040-2023_-_641000_santa_casa.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_lei_complementar_040-2023_-_641000_santa_casa.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_complementar_041-2023_-_abertura_de_credito_suplementar_-_r300.00000_-_santa_casa.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_complementar_041-2023_-_abertura_de_credito_suplementar_-_r300.00000_-_santa_casa.pdf</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_complementar_042-2023_-_abertura_de_credito_adicional_suplementar_-_folha_de_pagamento_-_r7.244.00000.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_complementar_042-2023_-_abertura_de_credito_adicional_suplementar_-_folha_de_pagamento_-_r7.244.00000.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITOS ADICIONAIS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/109/projeto_de_lei_complementar_043-2023_-_abertura_de_credito_adicional_especial_-_r14.00000_-_ace.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/109/projeto_de_lei_complementar_043-2023_-_abertura_de_credito_adicional_especial_-_r14.00000_-_ace.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/110/projeto_de_lei_complementar_044-2023_-_abertura_de_credito_adicional_sulementar_-_r320.00000_-_clubes_de_futebol.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/110/projeto_de_lei_complementar_044-2023_-_abertura_de_credito_adicional_sulementar_-_r320.00000_-_clubes_de_futebol.pdf</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/136/plc_045-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/136/plc_045-2023.pdf</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/137/plc_046-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/137/plc_046-2023.pdf</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/180/plc_047-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/180/plc_047-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ARCOS/MG A ABRIR CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/181/plc_048-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/181/plc_048-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ARCOS/MG A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/182/plc_049-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/182/plc_049-2023.pdf</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei_complementar_no_001-2023_cam.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei_complementar_no_001-2023_cam.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE ARBORIZAÇÃO URBANA NO MUNICÍPIO DE ARCOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_resolucao_no_05-2023_alteracao_regimento.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_resolucao_no_05-2023_alteracao_regimento.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 884 DE 17/12/2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/152/projeto_de_resolucao_06-2023_-_folga_para_servidor_que_prestar_servico_eleitoral.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/152/projeto_de_resolucao_06-2023_-_folga_para_servidor_que_prestar_servico_eleitoral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de folga para os servidores da Câmara Municipal de Arcos que prestarem serviço à Justiça Eleitoral.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/154/projeto_de_resolucao_no_07-2023_-_alteracao_regimento_-_ferramentas_tecnologicas.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/154/projeto_de_resolucao_no_07-2023_-_alteracao_regimento_-_ferramentas_tecnologicas.pdf</t>
   </si>
   <si>
     <t>MODIFICA A RESOLUÇÃO Nº 884 DE 17/12/2018 (REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ARCOS-MG) PARA ALTERAR A REDAÇÃO DO ARTIGO 99, § 2°, DAR NOVA ESTRUTURAÇÃO AO TÍTULO VII E CONFERIR A INTITULAÇÃO DE TÍTULO COMPLEMENTAR AO DAS DISPOSIÇÕES FINAIS E TRANSITÓRIAS.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/47/129_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/47/129_laerte.pdf</t>
   </si>
   <si>
     <t>Reivindicações dos moradores dos Bairros Calcita, Santa Efigênia e Nossa Senhora Aparecida</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/48/130_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/48/130_laerte.pdf</t>
   </si>
   <si>
     <t>Reivindicações dos moradores do Bairro Grajaú</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/49/131_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/49/131_laerte.pdf</t>
   </si>
   <si>
     <t>Inclusão de cobertura metálica em quadra poliesportiva</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/50/132_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/50/132_ronaldo.pdf</t>
   </si>
   <si>
     <t>Aquisição de veículos para a Vigilância Sanitária e melhores condições de trabalho para os servidores</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/51/133_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/51/133_ronaldo.pdf</t>
   </si>
   <si>
     <t>Criação da Secretaria Municipal de Trânsito</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/52/134_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/52/134_ronaldo.pdf</t>
   </si>
   <si>
     <t>Percentual de iluminação de LED no Município</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/53/135_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/53/135_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre contrato para serviços de asfaltamento e recapeamento</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/54/136_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/54/136_ronaldo.pdf</t>
   </si>
   <si>
     <t>Valor de superávit financeiro do Município</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/55/137_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/55/137_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre o Auxílio Alimentação e acréscimo por assiduidade</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/56/138_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/56/138_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre processos de licenciamentos ambientais autorizados pelo Município de Arcos</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>Ronaldo Ribeiro, Kátia</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/57/139_ronaldo_e_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/57/139_ronaldo_e_katia.pdf</t>
   </si>
   <si>
     <t>Aquisição de imóvel em Barretos/SP</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/58/140_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/58/140_katia.pdf</t>
   </si>
   <si>
     <t>Aumento do Ticket Alimentação</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/59/141_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/59/141_sorriso.pdf</t>
   </si>
   <si>
     <t>Implantação de poço artesiano</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/60/142_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/60/142_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre cadastramento de áreas para construção de conjuntos habitacionais</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/61/143_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/61/143_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre o déficit habitacional do Município</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/63/144_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/63/144_sorriso.pdf</t>
   </si>
   <si>
     <t>Pintura de faixas de pedestres e redutores de velocidade</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/64/145_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/64/145_sorriso.pdf</t>
   </si>
   <si>
     <t>Implantação de rampas para cadeirantes</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/65/146_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/65/146_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Cópias de relatórios do setor de Controle Interno</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/44/147_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/44/147_ronaldo.pdf</t>
   </si>
   <si>
     <t>Asfaltamento e sinalização de ruas</t>
   </si>
   <si>
     <t>Letinho, Carlinhos</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/45/148_letinho_e_carlinhos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/45/148_letinho_e_carlinhos.pdf</t>
   </si>
   <si>
     <t>Asfaltamento ou calçamento de via</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/46/149_calixto.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/46/149_calixto.pdf</t>
   </si>
   <si>
     <t>Solicitação de inclusão de projeto em pauta extraordinária</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/39/150_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/39/150_ronaldo.pdf</t>
   </si>
   <si>
     <t>Gastos com folha de pagamento de pessoal</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/40/151_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/40/151_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre a Creche do Bairro Olaria</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/41/152_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/41/152_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre gastos com manutenção de estações elevatórias de esgoto</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/42/153_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/42/153_katia.pdf</t>
   </si>
   <si>
     <t>Reforma de brinquedos de Parquinhos Infantis</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/43/154_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/43/154_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre a execução da Lei Municipal nº 3.085 de 12/06/2023</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Kátia, Ney Miranda</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/73/155_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/73/155_katia.pdf</t>
   </si>
   <si>
     <t>Solicitação de inclusão de projeto na ORDEM DO DIA de reunião</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/74/156_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/74/156_ronaldo.pdf</t>
   </si>
   <si>
     <t>Repasse financeiro para Santa Casa</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/75/157_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/75/157_ronaldo.pdf</t>
   </si>
   <si>
     <t>Instalação da Guarda Municipal em Arcos</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/76/158_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/76/158_katia.pdf</t>
   </si>
   <si>
     <t>Solicitação de implantação de programa de doação e plantio de mudas de árvores</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/77/159_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/77/159_katia.pdf</t>
   </si>
   <si>
     <t>Alterações nos vencimentos de cargos que possuem disparidade salarial</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/78/160_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/78/160_sorriso.pdf</t>
   </si>
   <si>
     <t>Informações sobre Resíduos da Construção Civil – RCC.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/79/161_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/79/161_laerte.pdf</t>
   </si>
   <si>
     <t>Providências junto à CEMIG.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/80/162_flavio.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/80/162_flavio.pdf</t>
   </si>
   <si>
     <t>Pavimentação de Pista de Aeromodelismo</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/89/163_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/89/163_katia.pdf</t>
   </si>
   <si>
     <t>Programa “Minha Casa, Minha Vida” na Comunidade da Ilha.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/90/164_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/90/164_ronaldo.pdf</t>
   </si>
   <si>
     <t>Projeto de retirada da linha férrea do perímetro urbano de Arcos.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/91/165_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/91/165_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre medidas de segurança nas escolas.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/92/166_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/92/166_ronaldo.pdf</t>
   </si>
   <si>
     <t>Adesão do Município de Arcos a Edital do Governo Estadual.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/94/167_letinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/94/167_letinho.pdf</t>
   </si>
   <si>
     <t>Reajuste salarial dos servidores municipais.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/95/168_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/95/168_sorriso.pdf</t>
   </si>
   <si>
     <t>Inscrição do Município de Arcos em Edital de “Aperfeiçoamento de Rotas de Cicloturismo”</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/96/169_ney.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/96/169_ney.pdf</t>
   </si>
   <si>
     <t>Reforma de Ponte</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/97/170_ney.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/97/170_ney.pdf</t>
   </si>
   <si>
     <t>Limpeza do Córrego dos Arcos</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/98/171_ney.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/98/171_ney.pdf</t>
   </si>
   <si>
     <t>Asfaltamento das vias públicas de Calciolândia</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/99/172_carlinhos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/99/172_carlinhos.pdf</t>
   </si>
   <si>
     <t>Serviços e ações realizadas com os recursos provenientes da taxa de contribuição de iluminação pública – CIP.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/106/173_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/106/173_sorriso.pdf</t>
   </si>
   <si>
     <t>Obra para escoamento de águas pluviais.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/107/174_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/107/174_sorriso.pdf</t>
   </si>
   <si>
     <t>Ações e campanhas relacionadas a prevenção e controle da Dengue.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/108/175_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/108/175_laerte.pdf</t>
   </si>
   <si>
     <t>Planejamento preventivo de podas de árvores com riscos de queda.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/116/176_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/116/176_laerte.pdf</t>
   </si>
   <si>
     <t>Valor arrecadado através da “Contribuição de Iluminação Pública – CIP”</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/117/177_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/117/177_laerte.pdf</t>
   </si>
   <si>
     <t>Implantação de faixa para pedestres.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/118/178_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/118/178_laerte.pdf</t>
   </si>
   <si>
     <t>Data de previsão para a realização de licitação</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/119/179_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/119/179_ronaldo.pdf</t>
   </si>
   <si>
     <t>Manutenção em geral e reparos no Poliesportivo</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/120/180_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/120/180_sorriso.pdf</t>
   </si>
   <si>
     <t>Manutenção e reparos na estrutura metálica e barreiras de proteção da Avenida Sanitária.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Kátia, Ronaldo Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/128/181_katia_e_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/128/181_katia_e_ronaldo.pdf</t>
   </si>
   <si>
     <t>Alteração e adequação da Lei Municipal nº 3.008/2021</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/129/182_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/129/182_ronaldo.pdf</t>
   </si>
   <si>
     <t>Cumprimento de dispositivos do Código de Posturas Municipal</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/130/183_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/130/183_ronaldo.pdf</t>
   </si>
   <si>
     <t>Mecanismo e ações de apoio aos trabalhadores da ARA - Associação de Recicladores de Arcos</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/131/184_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/131/184_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre construção de empreendimento habitacional para famílias de baixa renda.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/132/185_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/132/185_ronaldo.pdf</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/158/186_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/158/186_katia.pdf</t>
   </si>
   <si>
     <t>Novos horários do transporte coletivo em finais de semana.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/162/187_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/162/187_sorriso.pdf</t>
   </si>
   <si>
     <t>Instituição de Fundo Emergencial para a Saúde.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/159/188_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/159/188_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Convocação</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/160/189_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/160/189_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Solicitação de cópia de plano de trabalho</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/161/190_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/161/190_ronaldo.pdf</t>
   </si>
   <si>
     <t>Ação de plantio de árvores.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/165/191_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/165/191_ronaldo.pdf</t>
   </si>
   <si>
     <t>Utilização de recursos para reforma do quartel.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/166/192_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/166/192_ronaldo.pdf</t>
   </si>
   <si>
     <t>Utilização de recursos para compra de equipamentos para a ARA - Associação de Recicladores de Arcos.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/167/193_letinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/167/193_letinho.pdf</t>
   </si>
   <si>
     <t>Reajuste salarial e plano de carreira para os ocupantes do cargo de “monitor escolar”</t>
   </si>
   <si>
     <t>Em</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/139/emenda_sorriso_pl_031-2023_abono.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/139/emenda_sorriso_pl_031-2023_abono.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria do Vereador Ademar Aureliano de Medeiros ao Projeto de Lei Ordinária nº 031/2023, que AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ABONO PECUNIÁRIO NATALINO SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>LJRF/FOTC - Comissão Conjunta de Legislação, Justiça e Redação Final e Finanças, Orçamento e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/150/emenda_modificatva_pl_complementar_no_032-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/150/emenda_modificatva_pl_complementar_no_032-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI COMPLEMENTAR Nº 032/2023 DE AUTORIA DO EXECUTIVO MUNICIPAL (LOA).</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/151/emenda_modificativa_ao_pl_033-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/151/emenda_modificativa_ao_pl_033-2023.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI ORDINÁRIA Nº 033/2023, DE AUTORIA DO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>RFPL</t>
   </si>
   <si>
     <t>Redação Final de Projeto de Lei</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/174/redacao_final_plc_032-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/174/redacao_final_plc_032-2023.pdf</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL DO PROJETO DE LEI COMPLEMENTAR Nº 032/2023, DE AUTORIA DO EXECUTIVO MUNICIPAL QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/163/redacao_final_plo_033-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/163/redacao_final_plo_033-2023.pdf</t>
   </si>
   <si>
     <t>Redação Final do Projeto de Lei Ordinária nº 033/2023, de autoria do Executivo Municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1968,68 +1968,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/140/emenda_impositiva_sorriso.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/141/emenda_impositiva_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/142/emenda_impositiva_ney.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/143/emenda_impositiva_flavio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/144/emenda_impositiva_laerte.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/145/emenda_impositiva_calixto.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/146/emenda_impositiva_katia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/147/emenda_impositiva_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/148/emenda_impositiva_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_decreto_no_029-2023_cidadao_honorario_pastor_ademir_donizeth_camargos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_decreto_no_030-2023_cidadao_honorario_pastor_clerio_pereira_da_mota.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/27/projeto_de_decreto_no_031-2023_boina_de_ouro_jesus_luiz_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/28/projeto_de_decreto_no_032-2023_honra_ao_merito_fabiana_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/29/projeto_de_decreto_no_033-2023_honra_ao_merito_rosalvo_goncalves_cardoso.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/30/projeto_de_decreto_no_034-2023_boina_de_ouro_rogerio_frederico_lage.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/33/projeto_de_decreto_no_049-2023_cidadao_honorario_dr._ricardo_silva.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/34/projeto_de_decreto_no_050-2023_cidada_honoraria_lucia_maria_lopes.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/35/projeto_de_decreto_no_051-2023_cidada_honoraria_viviane_aparecida_silva_nascimento.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/36/projeto_de_decreto_no_052-2023_boina_de_ouro_tenente_rogger_diogo_santos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/37/projeto_de_decreto_no_053-2023_cidadao_honorario_jefferson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/69/projeto_de_decreto_no_055-2023_honra_ao_merito_valda_das_dores_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_decreto_no_056-2023_cidadao_honorario_dr._gustavo_cardoso_rogana.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_decreto_no_057-2023_honra_ao_merito_francisco_claudio_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_decreto_no_058-2023_honra_ao_merito_jose_donizetti_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/82/projeto_de_decreto_no_059-2023_mocao_de_apoio_ao_congresso.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_decreto_no_060-2023_cidadao_honorario_lecio_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_decreto_no_061-2023_cidada_honoraria_luciana_joaquim.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_decreto_no_062-2023_boina_de_ouro_gerson_do_couto.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_decreto_no_063-2023_honra_ao_merito_arlem_lorivalde_lemos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_decreto_no_064-2023_mocao_honrosa_junia_de_sousa_medeiros.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_decreto_no_065-2023_mocao_honrosa_aeska_dias_carolino.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_decreto_no_066-2023_mocao_honrosa_lazara_teixeira_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_de_decreto_no_067-2023_mocao_honrosa_rosana_cristina_ferreira_silva.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_de_decreto_no_068-2023_mocao_honrosa_vagna_maria_de_oliveira_almeida.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_decreto_no_069-2023_mocao_de_apelo_ministro_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_decreto_no_070-2023_mocao_honrosa_apac.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_decreto_no_071-2023_mocao_honrosa_tete_diniz.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/115/proposta_de_emenda_lei_organica_01-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/67/projeto_de_lei_023-2023_-_contratacao_de_plano_de_saude_para_os_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_025-2023_-_educacao_total_reduzida.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_028-2023_-_dispoe_sobre_criacao_de__cargo_temporario_programa_educacao_total.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/111/projeto_de_lei_029-2023_-_desafetacao_de_area_para_construcao_de_empreendimento_habitacional_no_local_denominado_bairro_residencial_sao_geraldo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/112/projeto_de_lei_030-2023_-_eleva_numero_de_vagas_de_dentista.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/121/projeto_de_lei_031-2023_-_abono_natalino_2023_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/122/projeto_de_lei_032-2023_-_altera_a_lei_3.021-2023_-_concessao_de_cesta_natalina.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/127/projeto_de_lei_033-2023__-_eleva_o_numero_de_vagas_para_o_cargo_de_assistente.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/155/plo_034-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/172/plo_035-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/173/plo_036-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_037-2023_-_concessao_de_veiculo_ao_centro_de_equoterapia_miguel_guerreiro.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_038-2023_-_concessao_de_contribuicoes_para_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_lei_039-2023_-_concessao_de_subvencoes_para_2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/178/projeto_de_lei_040-2023_-_concessao_de_veiculo_ao_sindicato_rural.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/179/plo_041-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/31/projeto_de_lei_no_019-2023_-__utilidade_publica_consep.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/32/projeto_de_lei_no_020-2023_-_altera_denominacao__denominacao_travessa_ii.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/84/projeto_de_lei_no_021-2023_-_brinquedos_para_criancas_com_deficiencia_b.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_lei_no_022-2023_-_marcha_pra_jesus.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/113/projeto_de_lei_no_023-2023_-_isencao_em_concurso_para_prestador_de_servico_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/156/proejto_de_lei_no_25-2023_-_aumento_do_cargo_de_auxiliar_de_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_no_026-2023_-_alteracao_merito_ambiental.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/169/projeto_de_lei_no_27-2023_-gratificacao_por_cessao_a_justica_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_de_lei_no_028-2023_-_denominacao__quadra_poliesportiva_antonio_acacio_filho.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_lei_no_029-2023_-_denominacao__casa_de_apoio_leonor_pessoa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/83/projeto_de_lei_complementar_027-2023_-_parcelamento_de_solo_para_fins_de_chacreamento.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_complementar_033-2023_-_concessao_de_auxilio_a_sociedade_vencer_-_r98.00000.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_complementar_035-2023_-_abertura_de_credito_adicional_especial_-_r500.00000_-_suvencao_a_acia_natal.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/81/plc-037-2023-pdf.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_complementar_039-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_lei_complementar_040-2023_-_641000_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_complementar_041-2023_-_abertura_de_credito_suplementar_-_r300.00000_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_complementar_042-2023_-_abertura_de_credito_adicional_suplementar_-_folha_de_pagamento_-_r7.244.00000.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/109/projeto_de_lei_complementar_043-2023_-_abertura_de_credito_adicional_especial_-_r14.00000_-_ace.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/110/projeto_de_lei_complementar_044-2023_-_abertura_de_credito_adicional_sulementar_-_r320.00000_-_clubes_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/136/plc_045-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/137/plc_046-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/180/plc_047-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/181/plc_048-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/182/plc_049-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei_complementar_no_001-2023_cam.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_resolucao_no_05-2023_alteracao_regimento.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/152/projeto_de_resolucao_06-2023_-_folga_para_servidor_que_prestar_servico_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/154/projeto_de_resolucao_no_07-2023_-_alteracao_regimento_-_ferramentas_tecnologicas.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/47/129_laerte.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/48/130_laerte.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/49/131_laerte.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/50/132_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/51/133_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/52/134_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/53/135_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/54/136_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/55/137_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/56/138_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/57/139_ronaldo_e_katia.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/58/140_katia.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/59/141_sorriso.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/60/142_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/61/143_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/63/144_sorriso.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/64/145_sorriso.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/65/146_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/44/147_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/45/148_letinho_e_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/46/149_calixto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/39/150_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/40/151_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/41/152_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/42/153_katia.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/43/154_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/73/155_katia.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/74/156_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/75/157_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/76/158_katia.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/77/159_katia.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/78/160_sorriso.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/79/161_laerte.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/80/162_flavio.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/89/163_katia.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/90/164_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/91/165_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/92/166_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/94/167_letinho.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/95/168_sorriso.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/96/169_ney.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/97/170_ney.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/98/171_ney.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/99/172_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/106/173_sorriso.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/107/174_sorriso.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/108/175_laerte.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/116/176_laerte.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/117/177_laerte.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/118/178_laerte.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/119/179_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/120/180_sorriso.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/128/181_katia_e_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/129/182_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/130/183_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/131/184_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/132/185_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/158/186_katia.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/162/187_sorriso.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/159/188_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/160/189_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/161/190_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/165/191_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/166/192_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/167/193_letinho.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/139/emenda_sorriso_pl_031-2023_abono.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/150/emenda_modificatva_pl_complementar_no_032-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/151/emenda_modificativa_ao_pl_033-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/174/redacao_final_plc_032-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/163/redacao_final_plo_033-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/140/emenda_impositiva_sorriso.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/141/emenda_impositiva_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/142/emenda_impositiva_ney.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/143/emenda_impositiva_flavio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/144/emenda_impositiva_laerte.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/145/emenda_impositiva_calixto.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/146/emenda_impositiva_katia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/147/emenda_impositiva_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/148/emenda_impositiva_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_decreto_no_029-2023_cidadao_honorario_pastor_ademir_donizeth_camargos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_decreto_no_030-2023_cidadao_honorario_pastor_clerio_pereira_da_mota.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/27/projeto_de_decreto_no_031-2023_boina_de_ouro_jesus_luiz_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/28/projeto_de_decreto_no_032-2023_honra_ao_merito_fabiana_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/29/projeto_de_decreto_no_033-2023_honra_ao_merito_rosalvo_goncalves_cardoso.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/30/projeto_de_decreto_no_034-2023_boina_de_ouro_rogerio_frederico_lage.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/33/projeto_de_decreto_no_049-2023_cidadao_honorario_dr._ricardo_silva.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/34/projeto_de_decreto_no_050-2023_cidada_honoraria_lucia_maria_lopes.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/35/projeto_de_decreto_no_051-2023_cidada_honoraria_viviane_aparecida_silva_nascimento.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/36/projeto_de_decreto_no_052-2023_boina_de_ouro_tenente_rogger_diogo_santos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/37/projeto_de_decreto_no_053-2023_cidadao_honorario_jefferson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/69/projeto_de_decreto_no_055-2023_honra_ao_merito_valda_das_dores_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_decreto_no_056-2023_cidadao_honorario_dr._gustavo_cardoso_rogana.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_decreto_no_057-2023_honra_ao_merito_francisco_claudio_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_decreto_no_058-2023_honra_ao_merito_jose_donizetti_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/82/projeto_de_decreto_no_059-2023_mocao_de_apoio_ao_congresso.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_decreto_no_060-2023_cidadao_honorario_lecio_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_decreto_no_061-2023_cidada_honoraria_luciana_joaquim.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_decreto_no_062-2023_boina_de_ouro_gerson_do_couto.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_decreto_no_063-2023_honra_ao_merito_arlem_lorivalde_lemos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_decreto_no_064-2023_mocao_honrosa_junia_de_sousa_medeiros.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_decreto_no_065-2023_mocao_honrosa_aeska_dias_carolino.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_decreto_no_066-2023_mocao_honrosa_lazara_teixeira_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_de_decreto_no_067-2023_mocao_honrosa_rosana_cristina_ferreira_silva.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_de_decreto_no_068-2023_mocao_honrosa_vagna_maria_de_oliveira_almeida.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_decreto_no_069-2023_mocao_de_apelo_ministro_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_decreto_no_070-2023_mocao_honrosa_apac.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_decreto_no_071-2023_mocao_honrosa_tete_diniz.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/115/proposta_de_emenda_lei_organica_01-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/67/projeto_de_lei_023-2023_-_contratacao_de_plano_de_saude_para_os_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_025-2023_-_educacao_total_reduzida.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_028-2023_-_dispoe_sobre_criacao_de__cargo_temporario_programa_educacao_total.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/111/projeto_de_lei_029-2023_-_desafetacao_de_area_para_construcao_de_empreendimento_habitacional_no_local_denominado_bairro_residencial_sao_geraldo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/112/projeto_de_lei_030-2023_-_eleva_numero_de_vagas_de_dentista.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/121/projeto_de_lei_031-2023_-_abono_natalino_2023_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/122/projeto_de_lei_032-2023_-_altera_a_lei_3.021-2023_-_concessao_de_cesta_natalina.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/127/projeto_de_lei_033-2023__-_eleva_o_numero_de_vagas_para_o_cargo_de_assistente.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/155/plo_034-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/172/plo_035-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/173/plo_036-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_037-2023_-_concessao_de_veiculo_ao_centro_de_equoterapia_miguel_guerreiro.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_038-2023_-_concessao_de_contribuicoes_para_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_lei_039-2023_-_concessao_de_subvencoes_para_2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/178/projeto_de_lei_040-2023_-_concessao_de_veiculo_ao_sindicato_rural.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/179/plo_041-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/31/projeto_de_lei_no_019-2023_-__utilidade_publica_consep.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/32/projeto_de_lei_no_020-2023_-_altera_denominacao__denominacao_travessa_ii.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/84/projeto_de_lei_no_021-2023_-_brinquedos_para_criancas_com_deficiencia_b.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/105/projeto_de_lei_no_022-2023_-_marcha_pra_jesus.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/113/projeto_de_lei_no_023-2023_-_isencao_em_concurso_para_prestador_de_servico_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/156/proejto_de_lei_no_25-2023_-_aumento_do_cargo_de_auxiliar_de_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_no_026-2023_-_alteracao_merito_ambiental.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/169/projeto_de_lei_no_27-2023_-gratificacao_por_cessao_a_justica_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_de_lei_no_028-2023_-_denominacao__quadra_poliesportiva_antonio_acacio_filho.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_lei_no_029-2023_-_denominacao__casa_de_apoio_leonor_pessoa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/83/projeto_de_lei_complementar_027-2023_-_parcelamento_de_solo_para_fins_de_chacreamento.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_complementar_033-2023_-_concessao_de_auxilio_a_sociedade_vencer_-_r98.00000.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_complementar_035-2023_-_abertura_de_credito_adicional_especial_-_r500.00000_-_suvencao_a_acia_natal.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/81/plc-037-2023-pdf.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_complementar_039-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_lei_complementar_040-2023_-_641000_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_complementar_041-2023_-_abertura_de_credito_suplementar_-_r300.00000_-_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_complementar_042-2023_-_abertura_de_credito_adicional_suplementar_-_folha_de_pagamento_-_r7.244.00000.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/109/projeto_de_lei_complementar_043-2023_-_abertura_de_credito_adicional_especial_-_r14.00000_-_ace.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/110/projeto_de_lei_complementar_044-2023_-_abertura_de_credito_adicional_sulementar_-_r320.00000_-_clubes_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/136/plc_045-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/137/plc_046-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/180/plc_047-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/181/plc_048-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/182/plc_049-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei_complementar_no_001-2023_cam.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_resolucao_no_05-2023_alteracao_regimento.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/152/projeto_de_resolucao_06-2023_-_folga_para_servidor_que_prestar_servico_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/154/projeto_de_resolucao_no_07-2023_-_alteracao_regimento_-_ferramentas_tecnologicas.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/47/129_laerte.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/48/130_laerte.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/49/131_laerte.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/50/132_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/51/133_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/52/134_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/53/135_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/54/136_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/55/137_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/56/138_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/57/139_ronaldo_e_katia.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/58/140_katia.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/59/141_sorriso.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/60/142_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/61/143_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/63/144_sorriso.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/64/145_sorriso.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/65/146_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/44/147_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/45/148_letinho_e_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/46/149_calixto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/39/150_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/40/151_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/41/152_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/42/153_katia.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/43/154_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/73/155_katia.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/74/156_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/75/157_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/76/158_katia.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/77/159_katia.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/78/160_sorriso.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/79/161_laerte.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/80/162_flavio.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/89/163_katia.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/90/164_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/91/165_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/92/166_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/94/167_letinho.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/95/168_sorriso.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/96/169_ney.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/97/170_ney.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/98/171_ney.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/99/172_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/106/173_sorriso.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/107/174_sorriso.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/108/175_laerte.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/116/176_laerte.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/117/177_laerte.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/118/178_laerte.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/119/179_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/120/180_sorriso.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/128/181_katia_e_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/129/182_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/130/183_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/131/184_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/132/185_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/158/186_katia.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/162/187_sorriso.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/159/188_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/160/189_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/161/190_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/165/191_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/166/192_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/167/193_letinho.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/139/emenda_sorriso_pl_031-2023_abono.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/150/emenda_modificatva_pl_complementar_no_032-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/151/emenda_modificativa_ao_pl_033-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/174/redacao_final_plc_032-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2023/163/redacao_final_plo_033-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H157"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="102.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="212.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="211.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>