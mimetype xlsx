--- v0 (2025-10-28)
+++ v1 (2026-03-17)
@@ -54,4027 +54,4027 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
     <t>Ademar Sorriso</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/549/emenda_impositiva_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/549/emenda_impositiva_sorriso.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva de autoria do Vereador Ademar Aureliano de Medeiros sobre o Projeto de Lei Complementar nº 020/2024de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Carlinhos</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/550/emenda_impositiva_carlinhos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/550/emenda_impositiva_carlinhos.pdf</t>
   </si>
   <si>
     <t>Emenda Emenda Impositiva de autoria do Vereador Carlos Antônio da Silva sobre o Projeto de Lei Complementar nº 020/2024de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Flávio</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/551/emenda_impositiva_flavio.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/551/emenda_impositiva_flavio.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva de autoria do Vereador Flávio Correia da Silva sobre o Projeto de Lei Complementar nº 020/2024de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Joãozinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/552/emenda_impositiva_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/552/emenda_impositiva_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva de autoria do Vereador João Paulo Ferreira sobre o Projeto de Lei Complementar nº 020/2024de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Calixto</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/553/emenda_impositiva_calixto.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/553/emenda_impositiva_calixto.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva de autoria do Vereador José Calixto da Fonseca sobre o Projeto de Lei Complementar nº 020/2024de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Kátia</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/554/emenda_impositiva_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/554/emenda_impositiva_katia.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva de autoria da Vereadora Kátia Mateus de Moura Sousa sobre o Projeto de Lei Complementar nº 020/2024de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Letinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/555/emenda_impositiva_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/555/emenda_impositiva_laerte.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva de autoria do Vereador Laerte Cesário Mateus sobre o Projeto de Lei Complementar nº 020/2024de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Ney Miranda</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/556/emenda_impositiva_ney.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/556/emenda_impositiva_ney.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva de autoria do Vereador Ney Carlos Miranda sobre o Projeto de Lei Complementar nº 020/2024de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Ronaldo Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/557/emenda_impositiva_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/557/emenda_impositiva_ronaldo.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva de autoria do Vereador Ronaldo Gaspar Ribeiro sobre o Projeto de Lei Complementar nº 020/2024de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>EPL</t>
   </si>
   <si>
     <t>Emendas a Projeto de Lei</t>
   </si>
   <si>
     <t>Claudenir José de Melo</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/547/emenda_modificativa_pl_018-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/547/emenda_modificativa_pl_018-2024.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa  nº 01/2024 ao Projeto de Lei Ordinária nº 018/2024.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/548/emenda_001-2024_-_projeto_de_lei_complementar__020-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/548/emenda_001-2024_-_projeto_de_lei_complementar__020-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Projeto de Lei Complementar nº 020/2024 que ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/205/pld_01-2024_mocao_honrosa_dr._luiz_henrique.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/205/pld_01-2024_mocao_honrosa_dr._luiz_henrique.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO DR. LUIZ HENRIQUE SABINO MESSIAS.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Letinho, Joãozinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/206/pld_02-2024_mocao_de_apoio_pec_a_constituicao_estadual.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/206/pld_02-2024_mocao_de_apoio_pec_a_constituicao_estadual.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO DE APOIO À EMENDA À CONSTITUIÇÃO ESTADUAL QUE DÁ NOVA REDAÇÃO AO CAPUT DO ARTIGO 24 DA CONSTITUIÇÃO DO ESTADO DE MINAS GERAIS E ACRESCENTA OS §11 E 12 AO MESMO DIPLOMA LEGAL – PEC DA DIGNIDADE E IGUALDADE.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/251/pld_03-2024_mocao_honrosa_talisson.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/251/pld_03-2024_mocao_honrosa_talisson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO SERVIDOR MUNICIPAL TÁLISSON JÚNIOR TEIXEIRA FERREIRA.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/260/pld_04-2024_mocao_honrosa_cida_bernardes.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/260/pld_04-2024_mocao_honrosa_cida_bernardes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. APARECIDA BERNARDES DA SILVA RAMOS.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/261/pld_05-2024_mocao_honrosa_joana_darc.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/261/pld_05-2024_mocao_honrosa_joana_darc.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. JOANA D’ARC APARECIDA RODRIGUES.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/297/pld_06-2024_mocao_honrosa_dagmar_cardoso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/297/pld_06-2024_mocao_honrosa_dagmar_cardoso.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. DAGMAR GARCIA PEREIRA</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/301/pld_07-2024_mocao_honrosa_flavio_zagueirao.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/301/pld_07-2024_mocao_honrosa_flavio_zagueirao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO SR. FLÁVIO GONÇALVES RESENDE (FLÁVIO ZAGUEIRÃO).</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/311/pld_08-2024_mocao_honrosa_renato_vieira_soares.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/311/pld_08-2024_mocao_honrosa_renato_vieira_soares.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO SR. RENATO VIEIRA SOARES.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/313/pld_09-2024_mocao_honrosa_biologo_pedro_augusto.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/313/pld_09-2024_mocao_honrosa_biologo_pedro_augusto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO BIÓLOGO PEDRO AUGUSTO DA ROCHA SILVA.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/320/pld_010-2024_mocao_honrosa_adriana.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/320/pld_010-2024_mocao_honrosa_adriana.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SERVIDORA MUNICIPAL ADRIANA APARECIDA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/340/pld_011-2024_mocao_honrosa_ze_graveteiro.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/340/pld_011-2024_mocao_honrosa_ze_graveteiro.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO SR. JOSÉ CÂNDIDO FILHO – “ZÉ GRAVETEIRO”.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/341/pld_012-2024_mocao_honrosa_risilene.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/341/pld_012-2024_mocao_honrosa_risilene.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SERVIDORA MUNICIPAL RISILENE ROSA DA SILVA</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/342/pld_013-2024_mocao_honrosa_sebastiao_aparecido_de_castro.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/342/pld_013-2024_mocao_honrosa_sebastiao_aparecido_de_castro.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO SERVIDOR MUNICIPAL SEBASTIÃO APARECIDO DE CASTRO.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/354/pld_014-2024_mocao_honrosa_beatriz_bastos_braga.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/354/pld_014-2024_mocao_honrosa_beatriz_bastos_braga.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À EDUCADORA FÍSICA SRA. BEATRIZ BASTOS BRAGA</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>CFOTC - Comissão de Finanças, Orçamento e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/359/pld_015-2024_aprovacao_das_contas_2022.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/359/pld_015-2024_aprovacao_das_contas_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a apreciação das Contas do Poder Executivo Municipal de Arcos - MG, relativo ao Exercício Financeiro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/378/pld_016-2024_merito_ambiental_dr._sebastiao_rodrigues_da_cunha.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/378/pld_016-2024_merito_ambiental_dr._sebastiao_rodrigues_da_cunha.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “MÉRITO AMBIENTAL NELSON GONÇALVES DE MORAIS” AO DR. SEBASTIÃO RODRIGUES DA CUNHA.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/379/pld_017-2024_merito_ambiental_marilene_soraggi.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/379/pld_017-2024_merito_ambiental_marilene_soraggi.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “MÉRITO AMBIENTAL NELSON GONÇALVES DE MORAIS” À SRA. MARILENE DE FARIA SORAGGI.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/386/pld_018-2024_mocao_honrosa_rodrigo_-_pagina_os_zarco.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/386/pld_018-2024_mocao_honrosa_rodrigo_-_pagina_os_zarco.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO SR. RODRIGO FONSECA CARDOSO, PROPRIETÁRIO DA PÁGINA “OS ZARCO”.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/387/pld_019-2024_mocao_honrosa_ligia_diva.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/387/pld_019-2024_mocao_honrosa_ligia_diva.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. LÍGIA DIVA DOS SANTOS.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/398/pld_020-2024_merito_ambiental_geraldo_lo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/398/pld_020-2024_merito_ambiental_geraldo_lo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “MÉRITO AMBIENTAL NELSON GONÇALVES DE MORAIS” AO SR. GERALDO PEDRO ALVES – “LÓ”.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/467/pld_021-2024_boina_de_ouro_cleber_mendonca.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/467/pld_021-2024_boina_de_ouro_cleber_mendonca.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” AO SR. CLÉBER JOSÉ DE MENDONÇA.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/468/pld_022-2024_honra_ao_merito_kenia_ribeiro.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/468/pld_022-2024_honra_ao_merito_kenia_ribeiro.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” À SRA. KÊNIA APARECIDA RIBEIRO.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/469/pld_023-2024_aprovacao_das_contas_2020.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/469/pld_023-2024_aprovacao_das_contas_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APRECIAÇÃO DAS CONTAS DO PODER EXECUTIVO MUNICIPAL DE ARCOS - MG, RELATIVO AO EXERCÍCIO FINANCEIRO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/470/pld_024-2024_honra_ao_merito_junia_medeiros.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/470/pld_024-2024_honra_ao_merito_junia_medeiros.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” À SRA. JÚNIA DE SOUSA MEDEIROS.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/471/pld_025-2024_cidadao_honorario_onofre_otoni.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/471/pld_025-2024_cidadao_honorario_onofre_otoni.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. ONOFRE OTONI AMORIM.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/472/pld_026-2024_honra_ao_merito_luciana_gracieli.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/472/pld_026-2024_honra_ao_merito_luciana_gracieli.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” À SRA. LUCIANA GRACIELI ROQUE DA SILVA.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/473/pld_027-2024_cidadao_honorario_pe._samuel_henrique_borges.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/473/pld_027-2024_cidadao_honorario_pe._samuel_henrique_borges.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO PADRE SAMUEL HENRIQUE BORGES</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/474/pld_028-2024_boina_de_ouro_bruno_ribeiro_de_morais.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/474/pld_028-2024_boina_de_ouro_bruno_ribeiro_de_morais.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” AO SR. BRUNO RIBEIRO DE MORAIS</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/475/pld_029-2024_boina_de_ouro_marlon_acacio_de_souza.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/475/pld_029-2024_boina_de_ouro_marlon_acacio_de_souza.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” AO SR. MARLON ACÁCIO DE SOUZA.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/476/pld_030-2024_honra_ao_merito_sinval_jose_da_silva.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/476/pld_030-2024_honra_ao_merito_sinval_jose_da_silva.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR SINVAL JOSÉ DA SILVA</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/477/pld_031-2024_honra_ao_merito_marco_tulio_oliveira_silva_souza.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/477/pld_031-2024_honra_ao_merito_marco_tulio_oliveira_silva_souza.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR. MARCO TÚLIO OLIVEIRA SILVA SOUZA.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/496/pld_032-2024_cidadao_honorario_luiz_henrique_sabino.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/496/pld_032-2024_cidadao_honorario_luiz_henrique_sabino.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. DR. LUIZ HENRIQUE SABINO MESSIAS.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/479/pld_033-2024_boina_de_ouro_ewerton_dos_reis_ferreira_duarte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/479/pld_033-2024_boina_de_ouro_ewerton_dos_reis_ferreira_duarte.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” AO SR. EWERTON DOS REIS FERREIRA DUARTE</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/480/pld_034-2024_cidadao_honorario_tete_diniz.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/480/pld_034-2024_cidadao_honorario_tete_diniz.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. TETÊ DINIZ</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/481/pld_035-2024_cidada_honoraria_rubia_fernanda_goncalves.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/481/pld_035-2024_cidada_honoraria_rubia_fernanda_goncalves.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À SRA. RÚBIA FERNANDA GONÇALVES FERNANDES</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/482/pld_036-2024_cidadao_honorario_gustavo_alves_pereira.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/482/pld_036-2024_cidadao_honorario_gustavo_alves_pereira.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. GUSTAVO ALVES PEREIRA.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/483/pld_037-2024_cidadao_honorario_pedro_adriano_de_sousa.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/483/pld_037-2024_cidadao_honorario_pedro_adriano_de_sousa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. PEDRO ADRIANO DE SOUSA.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/484/pld_038-2024_boina_de_ouro_guilherme_silva_de_mendonca.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/484/pld_038-2024_boina_de_ouro_guilherme_silva_de_mendonca.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” AO SR. GUILHERME SILVA DE MENDONÇA</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/489/pld_039-2024_honra_ao_merito_geraldo_rodrigues.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/489/pld_039-2024_honra_ao_merito_geraldo_rodrigues.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR. GERALDO RODRIGUES.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/485/pld_040-2024_cidadao_honorario_evandro_clementino_soares.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/485/pld_040-2024_cidadao_honorario_evandro_clementino_soares.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. EVANDRO CLEMENTINO SOARES</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/486/pld_041-2024_mocao_honrosa_arnaldo_vieira.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/486/pld_041-2024_mocao_honrosa_arnaldo_vieira.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO SR. ARNALDO VIEIRA</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/487/pld_042-2024_boina_de_ouro_dra_hionara_araujo_pimentel.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/487/pld_042-2024_boina_de_ouro_dra_hionara_araujo_pimentel.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” À DRA. HIONARA ARAÚJO PIMENTEL.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/488/pld_043-2024_cidada_honoraria_gabriela_freitas.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/488/pld_043-2024_cidada_honoraria_gabriela_freitas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À DRA. GABRIELA FREITAS</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/490/pld_044-2024_cidadao_honorario_ricardo_avila_de_paiva.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/490/pld_044-2024_cidadao_honorario_ricardo_avila_de_paiva.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. RICARDO ÁVILA DE PAIVA</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/497/pld_045-2024_honra_ao_merito_farnese_rabelo_amorin_filho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/497/pld_045-2024_honra_ao_merito_farnese_rabelo_amorin_filho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR. FARNESE RABELO AMORIM FILHO</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/492/pld_046-2024_cidadao_honorario_lucas_henrique_costa_oliveira.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/492/pld_046-2024_cidadao_honorario_lucas_henrique_costa_oliveira.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. LUCAS HENRIQUE COSTA OLIVEIRA</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/494/pld_047-2024_honra_ao_merito_ronaldo_goncalves_de_oliveira.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/494/pld_047-2024_honra_ao_merito_ronaldo_goncalves_de_oliveira.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR. RONALDO GONÇALVES DE OLIVEIRA</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/499/pld_048-2024_mocao_honrosa_daniela_ap._de_souza.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/499/pld_048-2024_mocao_honrosa_daniela_ap._de_souza.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. DANIELA APARECIDA DE SOUZA.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/500/pld_049-2024_mocao_honrosa_wainny_goncalves_pereira.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/500/pld_049-2024_mocao_honrosa_wainny_goncalves_pereira.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. WAINNY GONÇALVES PEREIRA.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/501/pld_050-2024_cidadao_honorario_niltom_vieira_junior.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/501/pld_050-2024_cidadao_honorario_niltom_vieira_junior.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. NILTOM VIEIRA JUNIOR.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/502/pld_051-2024_cidadao_honorario_marcio_rezende_santos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/502/pld_051-2024_cidadao_honorario_marcio_rezende_santos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. MÁRCIO REZENDE SANTOS.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/503/pld_052-2024_boina_de_ouro_deliener_rodrigues_de_sousa.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/503/pld_052-2024_boina_de_ouro_deliener_rodrigues_de_sousa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” AO SR. DELIENER RODRIGUES DE SOUSA.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/504/pld_053-2024_honra_ao_merito_renata_ribeiro_mattar.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/504/pld_053-2024_honra_ao_merito_renata_ribeiro_mattar.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” À SRA. RENATA RIBEIRO MATTAR.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/505/pld_054-2024_mocao_de_aplausos_dr._wellington_francelli_estevao_rodrigues_roque_2.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/505/pld_054-2024_mocao_de_aplausos_dr._wellington_francelli_estevao_rodrigues_roque_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO DE APLAUSOS AO DR. WELLINGTON FRANCELLI ESTEVÃO RODRIGUES ROQUE.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/506/pld_055-2024_cidada_honoraria_lucelia_soares_duarte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/506/pld_055-2024_cidada_honoraria_lucelia_soares_duarte.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À SRA. LUCÉLIA SOARES DUARTE.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/507/pld_056-2024_cidadao_honorario_dr._sergio_da_conceicao.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/507/pld_056-2024_cidadao_honorario_dr._sergio_da_conceicao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO DR. SÉRGIO DA CONCEIÇÃO SANTOS DE LIMA.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/508/pld_057-2024_honra_ao_merito_daniela_aparecida_de_souza.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/508/pld_057-2024_honra_ao_merito_daniela_aparecida_de_souza.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” À SRA. DANIELA APARECIDA DE SOUZA.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/509/pld_058-2024_honra_ao_merito_raquel_cardoso_de_miranda.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/509/pld_058-2024_honra_ao_merito_raquel_cardoso_de_miranda.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” À SRA. RAQUEL CARDOSO DE MIRANDA.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/510/pld_059-2024_mocao_honrosa_maria_berto.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/510/pld_059-2024_mocao_honrosa_maria_berto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. MARIA BERTO.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/513/pld_060-2024_cidadao_honorario_jose_antonio_de_miranda.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/513/pld_060-2024_cidadao_honorario_jose_antonio_de_miranda.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. JOSÉ ANTÔNIO DE MIRANDA.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/512/pld_061-2024_boina_de_ouro_geruanderson_soares_leal.docx.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/512/pld_061-2024_boina_de_ouro_geruanderson_soares_leal.docx.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” AO SR. GERUANDERSON SOARES LEAL.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/514/pld_062-2024_honra_ao_merito_julio_celio_de_miranda.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/514/pld_062-2024_honra_ao_merito_julio_celio_de_miranda.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “HONRA AO MÉRITO” AO SR. JÚLIO CÉLIO DE MIRANDA.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/515/pld_063-2024_mocao_honrosa_marlon_resende_dos_santos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/515/pld_063-2024_mocao_honrosa_marlon_resende_dos_santos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO SR. MARLON RESENDE DOS SANTOS.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/516/pld_064-2024_mocao_honrosa_elisabete_dos_santos_ribeiro.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/516/pld_064-2024_mocao_honrosa_elisabete_dos_santos_ribeiro.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. ELISABETE DOS SANTOS RIBEIRO.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/517/pld_065-2024_mocao_honrosa_osvaldo_lopes.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/517/pld_065-2024_mocao_honrosa_osvaldo_lopes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO SR. OSVALDO LOPES.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/518/pld_066-2024_mocao_honrosa_maria_aparecida_medeiros.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/518/pld_066-2024_mocao_honrosa_maria_aparecida_medeiros.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. MARIA APARECIDA MEDEIROS.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/528/pld_067-2024_mocao_honrosa_andreia_gontijo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/528/pld_067-2024_mocao_honrosa_andreia_gontijo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. ANDRÉIA LÚCIA GONTIJO DE ALCÂNTARA.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/529/pld_068-2024_mocao_honrosa_fabiana_medeiros.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/529/pld_068-2024_mocao_honrosa_fabiana_medeiros.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. FABIANA DE SOUSA MEDEIROS.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/531/pld_069-2024_mocao_honrosa_leonardo_antonio_de_sousa.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/531/pld_069-2024_mocao_honrosa_leonardo_antonio_de_sousa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO SR. LEONARDO ANTÔNIO DE SOUSA OLIVEIRA.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/532/pld_070-2024_mocao_honrosa_dra._roseli_rosa.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/532/pld_070-2024_mocao_honrosa_dra._roseli_rosa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À DRA. ROSELI MARIA ROSA.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/536/pld_071-2024_mocao_honrosa_luis_deusdede_da_silva_filho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/536/pld_071-2024_mocao_honrosa_luis_deusdede_da_silva_filho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MONÇÃO HONROSA AO SR. LUÍS DEUSDEDE DA SILVA FILHO.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/537/pld_072-2024_mocao_honrosa_aparecido_braz.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/537/pld_072-2024_mocao_honrosa_aparecido_braz.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO SR. JOSÉ APARECIDO BRÁS.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/538/pld_073-2024_mocao_de_aplausos_ssvp..pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/538/pld_073-2024_mocao_de_aplausos_ssvp..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO DE APLAUSOS AOS CONFRADES E CONSÓCIAS DOS CONSELHOS PARTICULARES E DAS CONFERÊNCIAS DO CONSELHO CENTRAL DE ARCOS – SOCIEDADE SÃO VICENTE DE PAULO - SSVP.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/540/pld_074-2024_mocao_de_aplausos_edmar_de_castro..pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/540/pld_074-2024_mocao_de_aplausos_edmar_de_castro..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO DE APLAUSOS AO SR. EDMAR DE CASTRO.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/541/pld_075-2024_mocao_honrosa_joao_paulo_teixeira_silva_sacramento..pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/541/pld_075-2024_mocao_honrosa_joao_paulo_teixeira_silva_sacramento..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO SR. JOÃO PAULO TEIXEIRA SILVA SACRAMENTO</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Ademar Sorriso, Letinho, Ronaldo Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/319/proposta_de_emenda_001_de_2024_-_art._128_xvi_da_lom.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/319/proposta_de_emenda_001_de_2024_-_art._128_xvi_da_lom.pdf</t>
   </si>
   <si>
     <t>Altera o inciso XVI do artigo 128 da Lei Orgânica Municipal de Arcos/MG.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/526/proposta_de_emenda_002_-_art._165_-_emendas_de_bancada.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/526/proposta_de_emenda_002_-_art._165_-_emendas_de_bancada.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 165 DA LEI ORGÂNICA DE ARCOS/MG PARA TORNAR OBRIGATÓRIA A EXECUÇÃO DA PROGRAMAÇÃO ORÇAMENTÁRIA PROVENIENTE DE EMENDAS DE BANCADA DE PARLAMENTARES MUNICIPAIS.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/186/projeto_de_lei_ordinaria_001-24_revisao_salarial_servidores_do_executivo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/186/projeto_de_lei_ordinaria_001-24_revisao_salarial_servidores_do_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/222/plo_002-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/222/plo_002-2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO PELA PARTICIPAÇÃO EFETIVA NAS COMISSÕES DE TRABALHO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/195/plo_003-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/195/plo_003-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/262/plo_004-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/262/plo_004-2024.pdf</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/274/plo_005-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/274/plo_005-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º E O ARTIGO 5º DA LEI MUNICIPAL Nº 3.129, DE 04 DE MARÇO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/285/plo_006-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/285/plo_006-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ARCOS/MG A PROMOVER A CONCESSÃO DE USO DE VEÍCULO À SOCIEDADE DE APOIO AO PACIENTE COM CÂNCER DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/298/plo_007-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/298/plo_007-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE UMA FOLGA ANUAL PARA TODOS OS SERVIDORES PÚBLICOS DO PODER EXECUTIVO DO MUNICÍPIO DE ARCOS/MG NO DIA DE SEU ANIVERSÁRIO, SEM PREJUÍZO DE SUA REMUNERAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/299/plo_008-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/299/plo_008-2024.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO PÚBLICA À QUADRA POLIESPORTIVA DA COMUNIDADE DA ILHA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/334/plo_009-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/334/plo_009-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ARCOS/MG A PROMOVER A CONCESSÃO DE USO DE EQUIPAMENTOS À SOCIEDADE DE APOIO AO PACIENTE COM 	CÂNCER DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/347/plo_010-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/347/plo_010-2024.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À UNIDADE DE PRONTO ATENDIMENTO – UPA QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/365/plo_011-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/365/plo_011-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAFETAÇÃO DE ÁREA INSTITUCIONAL DE IMÓVEL PERTENCENTE AO MUNICÍPIO DE ARCOS/MG, PARA FINS DE CONSTRUÇÃO DE UNIDADE DE CRECHE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/366/plo_012-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/366/plo_012-2024.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A PASSARELA DA BR 354 QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/383/plo_013-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/383/plo_013-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ATIVIDADES EM REGIME DE TELE-TRABALHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/418/plo_014-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/418/plo_014-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ARCOS A FILIAR-SE À UNIÃO NACIONAL DOS DIRIGENTES MUNICIPAIS DE EDUCAÇÃO – UNDIME/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/419/plo_015-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/419/plo_015-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NO QUADRO DE PESSOAL DO PODER EXECUTIVO MUNICIPAL, ELEVANDO O NÚMERO DE VAGAS PREVISTAS PARA O CARGO DE BIOMÉDICO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/420/plo_016-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/420/plo_016-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NO QUADRO DE PESSOAL DO PODER EXECUTIVO MUNICIPAL, ELEVANDO O NÚMERO DE VAGAS PREVISTAS PARA O CARGO DE ASSISTENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/523/plo_017-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/523/plo_017-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ARCOS/MG A DOAR IMÓVEL QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/524/plo_018-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/524/plo_018-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CENTRO MUNICIPAL MULTIPROFISSIONAL DE ATENDIMENTO EDUCACIONAL ESPECIALIZADO DA REDE MUNICIPAL DE ENSINO - CENTRO DE ATENDIMENTO EDUCACIONAL ESPECIALIZADO “MARLI ROSA DA SILVA” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/535/plo_019-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/535/plo_019-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/561/plo_020-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/561/plo_020-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ABONO PECUNIÁRIO NATALINO AOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/564/plo_021-2024_exec..pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/564/plo_021-2024_exec..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÕES NO EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/565/plo_022-2024_exec..pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/565/plo_022-2024_exec..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE SUBVENÇÕES NO EXERCÍCIO DE 2025 ÀS ENTIDADES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/566/plo_023-2024_exec..pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/566/plo_023-2024_exec..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUXÍLIOS NO EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/567/plo_024-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/567/plo_024-2024.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO À QUADRA ESPORTIVA DA ESCOLA MUNICIPAL “JOSÉ BONIFÁCIO GONÇALVES, LOCALIZADA NO BAIRRO CALCITA, ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/568/plo_025-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/568/plo_025-2024.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO À PONTE DOS GORDURAS, LOCALIZADA NA COMUNIDADE DOS GORDURAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/</t>
+    <t>http://sapl.arcos.mg.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE TRÊS FUNÇÕES GRATIFICADAS, NO ÂMBITO DA CÂMARA MUNICIPAL DE ARCOS, DENOMINADAS DE AGENTE DE CONTRATAÇÃO, AGENTE DE APOIO E FISCAL DE CONTRATOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>DISPÕE SOBRE RECOMPOSIÇÃO INFLACIONARIA E AUMENTO REAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE ARCOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/188/projeto_de_lei_no_003-2024_-_revisao_subsidios.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/188/projeto_de_lei_no_003-2024_-_revisao_subsidios.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SUBSÍDIOS DOS AGENTES POLÍTICOS DO MUNICÍPIO DE ARCOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/219/projeto_de_lei_no_004-2024_-_alteracao_da_lei_3.122_de_2024_b.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/219/projeto_de_lei_no_004-2024_-_alteracao_da_lei_3.122_de_2024_b.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL Nº 3.122 DE 05 DE JANEIRO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/220/projeto_de_lei_no_005-2024_-_dia_municipal_dos_congados_e_reinados.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/220/projeto_de_lei_no_005-2024_-_dia_municipal_dos_congados_e_reinados.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 2.836/17 PARA INSTITUIR O DIA MUNICIPAL DOS CONGADOS E REINADOS.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/263/projeto_de_lei_no_006-2024_-_denominacao_rua_joao_vieira.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/263/projeto_de_lei_no_006-2024_-_denominacao_rua_joao_vieira.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO PÚBLICA DA RUA JOAQUIM ARANTES, NO BAIRRO ESPERANÇA I E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>Letinho, Carlinhos, Ronaldo Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/267/projeto_de_lei_no_07-2024_-__proibicao_de_fogos_de_artificio.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/267/projeto_de_lei_no_07-2024_-__proibicao_de_fogos_de_artificio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROÍBIÇÃO DO MANUSEIO, UTILIZAÇÃO, QUEIMA E SOLTURA DE FOGOS DE ESTAMPIDOS E DE ARTIFÍCIOS, ASSIM COMO DE QUAISQUER ARTEFATOS PIROTÉCNICOS DE EFEITO SONORO RUIDOSO NO MUNICÍPIO ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/316/projeto_de_lei_no_008-2024_-_cordao_de_girassois.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/316/projeto_de_lei_no_008-2024_-_cordao_de_girassois.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E A DISTRIBUIÇÃO DE CORDÃO DE FITA COM DESENHOS DE GIRASSÓIS ÀS PESSOAS COM DEFICIÊNCIAS OCULTAS NO ÂMBITO DO MUNICÍPIO DE ARCOS</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/317/projeto_de_lei_no_009-2024_-_medalha_de_merito_educacional.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/317/projeto_de_lei_no_009-2024_-_medalha_de_merito_educacional.pdf</t>
   </si>
   <si>
     <t>INSTITUI A HONRARIA “MEDALHA DE MÉRITO EDUCACIONAL MARIA DOS REIS DA SILVA” NO MUNICÍPIO DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>Flávio, Ronaldo Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/321/projeto_de_lei_no_010-2024_-_politica_municipal_de_atencao_psicossocial_a_comunidade_escolar_de_arcos-mg.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/321/projeto_de_lei_no_010-2024_-_politica_municipal_de_atencao_psicossocial_a_comunidade_escolar_de_arcos-mg.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE ATENÇÃO PSICOSSOCIAL À COMUNIDADE ESCOLAR DE ARCOS/MG.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/322/projeto_de_lei_no_011-2024_-_dislexia_e_tdah.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/322/projeto_de_lei_no_011-2024_-_dislexia_e_tdah.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACOMPANHAMENTO INTEGRAL PARA EDUCANDOS COM DISLEXIA, COM TRANSTORNO DO DÉFICIT DE ATENÇÃO COM HIPERATIVIDADE (TDAH) OU COM OUTROS TRANSTORNOS DE APRENDIZAGEM NO MUNICÍPIO DE ARCOS/MG.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/323/projeto_de_lei_no_012_-_2024_-_denominacao_campo_de_futebol_jesus_garcia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/323/projeto_de_lei_no_012_-_2024_-_denominacao_campo_de_futebol_jesus_garcia.pdf</t>
   </si>
   <si>
     <t>Dá denominação oficial ao campo de futebol que fica localizado na Comunidade da Ilha</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/337/projeto_de_lei_no_013_-_2024_-_denominacao_ponte_amador_rodrigues_de_miranda.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/337/projeto_de_lei_no_013_-_2024_-_denominacao_ponte_amador_rodrigues_de_miranda.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À PONTE QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/338/proejto_de_lei_no_014-2024_-_aumento_do_cargo_de_auxiliar_de_contabilidade.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/338/proejto_de_lei_no_014-2024_-_aumento_do_cargo_de_auxiliar_de_contabilidade.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NO QUADRO DE PESSOAL DO PODER LEGISLATIVO MUNICIPAL, ELEVANDO O NÚMERO DE VAGAS PREVISTAS PARA O CARGO DE AUXILIAR DE CONTABILIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/344/projeto_de_lei_no_015-2024_-_programa_municipal_contra_a_violencia_domestica_1.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/344/projeto_de_lei_no_015-2024_-_programa_municipal_contra_a_violencia_domestica_1.pdf</t>
   </si>
   <si>
     <t>CRIA O "PROGRAMA MUNICIPAL DE APOIO À MULHER VÍTIMA DE VIOLÊNCIA DOMÉSTICA E FAMILIAR" E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/346/projeto_de_lei_no_016-2024_-_laudo_permanente_tea_e_sindrome_de_down_b.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/346/projeto_de_lei_no_016-2024_-_laudo_permanente_tea_e_sindrome_de_down_b.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CARÁTER PERMANENTE DO LAUDO QUE DIAGNOSTIQUE O TRANSTORNO DO ESPECTRO AUTISTA - TEA NO ÂMBITO DO MUNICÍPIO DE ARCOS.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/357/projeto_de_lei_no_017_-2024_-_sobras_de_materiais_de_construcao.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/357/projeto_de_lei_no_017_-2024_-_sobras_de_materiais_de_construcao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECOLHIMENTO, RECEBIMENTO E DEPÓSITO DE SOBRAS DE MATERIAIS DE CONSTRUÇÃO PARA DOAÇÃO ÀS PESSOAS CARENTES E ENTIDADES BENEFICENTES OU HABITACIONAIS DO MUNICÍPIO DE ARCOS/MG.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/358/projeto_de_lei_no_018_-2024_-_seguranca_ferroviaria.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/358/projeto_de_lei_no_018_-2024_-_seguranca_ferroviaria.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA SEGURANÇA FERROVIÁRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/377/projeto_de_lei_no_019-2024_-_medalha_de_merito_desportivo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/377/projeto_de_lei_no_019-2024_-_medalha_de_merito_desportivo.pdf</t>
   </si>
   <si>
     <t>INSTITUI A HONRARIA ““MEDALHA DE MÉRITO DESPORTIVO HERNANDRO CÂNDIDO DE CASTRO – “ALGODÃO”” NO MUNICÍPIO DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/390/projeto_de_lei_no_020-_2024_-_alteracao_denominacao_parque_da_usina_velha.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/390/projeto_de_lei_no_020-_2024_-_alteracao_denominacao_parque_da_usina_velha.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DO PARQUE MUNICIPAL QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_lei_n_021-2024_-_preservacao_de_nascentes.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_lei_n_021-2024_-_preservacao_de_nascentes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE IDENTIFICAÇÃO, CADASTRAMENTO, CONSERVAÇÃO, PRESERVAÇÃO E REVITALIZAÇÃO DE NASCENTES DE ÁGUA NO MUNICÍPIO DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/493/projeto_de_lei_no_022-2024_-__utilidade_publica_associacao_terno_de_congado.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/493/projeto_de_lei_no_022-2024_-__utilidade_publica_associacao_terno_de_congado.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO TERNO DE CONGADO CATOPÉ ROSÁRIO DE MARIA</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/498/projeto_de_lei_no_023-2024_-_meia-entrada_a_professores.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/498/projeto_de_lei_no_023-2024_-_meia-entrada_a_professores.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PAGAMENTO DE MEIA-ENTRADA POR PROFESSORES DA REDE PÚBLICA MUNICIPAL DE ENSINO EM EVENTOS ARTÍSTICOS, CULTURAIS E ESPORTIVOS REALIZADOS NO ÂMBITO DO MUNICÍPIO DE ARCOS/MG.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/527/projeto_de_lei_no_024-2024_-__utilidade_publica_loja_simbolica_fe_e_trabalho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/527/projeto_de_lei_no_024-2024_-__utilidade_publica_loja_simbolica_fe_e_trabalho.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO AUGUSTA E RESPEITÁVEL LOJA SIMBÓLICA FÉ E TRABALHO Nº 363.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/533/projeto_de_lei_no_025-_2024_-_denominacao_passarela_carolina_marta_da_silva_veloso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/533/projeto_de_lei_no_025-_2024_-_denominacao_passarela_carolina_marta_da_silva_veloso.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO PÚBLICA À PASSARELA EM ESTRUTURA METÁLICA SITUADA SOBRE O CANAL DO RIO ARCOS.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/539/projeto_de_lei_no_026-2024_-_dia_municipal_da_poesia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/539/projeto_de_lei_no_026-2024_-_dia_municipal_da_poesia.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 2.836/17 PARA INSTITUIR O DIA MUNICIPAL DA POESIA NO MUNICÍPIO DE ARCOS/MG.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/558/projeto_de_lei_no_027-2024_-_revoga_dispositivos_da_lei_2.962_de_2020.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/558/projeto_de_lei_no_027-2024_-_revoga_dispositivos_da_lei_2.962_de_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DE DISPOSITIVOS DA LEI MUNICIPAL Nº 2.962, DE 23 DE MARÇO DE 2020.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/560/projeto_de_lei_no_028-2024_-_honraria_obrigado_servidor.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/560/projeto_de_lei_no_028-2024_-_honraria_obrigado_servidor.pdf</t>
   </si>
   <si>
     <t>INSTITUI A HONRARIA “OBRIGADO SERVIDOR” NO MUNICÍPIO DE ARCOS/MG, EM HOMENAGEM AOS SERVIDORES PÚBLICOS MUNICIPAIS QUE SE APOSENTAREM.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/223/plc_001-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/223/plc_001-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/224/plc_002-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/224/plc_002-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE AUXÍLIO À ASSOCIAÇÃO DE PROTEÇÃO E ASSISTÊNCIA AOS CONDENADOS APAC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/225/plc_003-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/225/plc_003-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/236/plc_004-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/236/plc_004-2024.pdf</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/237/plc_005-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/237/plc_005-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITOS ADICIONAIS ESPECIAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/238/plc_006-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/238/plc_006-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITOS ADICIONAIS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/239/plc_007-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/239/plc_007-2024.pdf</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/314/plc_008-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/314/plc_008-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/335/plc_010-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/335/plc_010-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE CONTRIBUIÇÃO À LIGA ARCOENSE DE DESPORTOS - LIADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/348/plc_011-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/348/plc_011-2024.pdf</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/367/plc_013-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/367/plc_013-2024.pdf</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/384/plc_014-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/384/plc_014-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/385/plc_015-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/385/plc_015-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/431/plc_016-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/431/plc_016-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA O LIMITE PERCENTUAL PARA ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES PREVISTO NAS LEIS COMPLEMENTARES NºS 136/2023 E 158/2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/432/plc_017-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/432/plc_017-2024.pdf</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/433/plc_018-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/433/plc_018-2024.pdf</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/434/plc_019-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/434/plc_019-2024.pdf</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/444/plc_020-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/444/plc_020-2024.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/445/plc_021-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/445/plc_021-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/446/plc_022-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/446/plc_022-2024.pdf</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/447/plc_023-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/447/plc_023-2024.pdf</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/448/plc_024-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/448/plc_024-2024.pdf</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/449/plc_025-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/449/plc_025-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTARE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/525/plc_026-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/525/plc_026-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO 	ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/545/plc_028-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/545/plc_028-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/546/plc292024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/546/plc292024.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir credito adicional suplementar e dá outras providências</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/184/projeto_de_resolucao_no_01-2024_-_regulamentacao_da_lei_de_licitacoes.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/184/projeto_de_resolucao_no_01-2024_-_regulamentacao_da_lei_de_licitacoes.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI Nº 14.133, DE 1º DE ABRIL DE 2021, QUE DISPÕE SOBRE LICITAÇÕES E CONTRATOS ADMINISTRATIVOS, NO ÂMBITO DA CÂMARA MUNICIPAL DE ARCOS/MG.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/189/projeto_de_lei_no_003-2024_-_revisao_subsidios.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/189/projeto_de_lei_no_003-2024_-_revisao_subsidios.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SUBSÍDIOS DOS AGENTES POLÍTICOS DA CÂMARA MUNICIPAL DE ARCOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>Flávio, Ademar Sorriso, Carlinhos, Joãozinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/221/projeto_de_resolucao_no_03-2024_alteracao_resolucao_894_de_2021_com_organograma.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/221/projeto_de_resolucao_no_03-2024_alteracao_resolucao_894_de_2021_com_organograma.pdf</t>
   </si>
   <si>
     <t>ALTERA O ORGANOGRAMA ANEXO À RESOLUÇÃO Nº 894 DE 03/05/2021, A QUAL DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE ARCOS.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/293/projeto_de_resolucao_no_04-2024_-_folga_servidores_municipais.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/293/projeto_de_resolucao_no_04-2024_-_folga_servidores_municipais.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE UMA FOLGA ANUAL PARA TODOS OS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO DO MUNICÍPIO DE ARCOS/MG NO DIA DE SEU ANIVERSÁRIO, SEM PREJUÍZO DE SUA REMUNERAÇÃO.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/534/projeto_de_resolucao_no_05-2024_-_jornada_de_trabalho_horas_extras_e_banco_de_horas.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/534/projeto_de_resolucao_no_05-2024_-_jornada_de_trabalho_horas_extras_e_banco_de_horas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE JORNADA DE TRABALHO, DISCIPLINA O CONTROLE DE FREQUÊNCIA, REGULAMENTA O BANCO DE HORAS DOS SERVIDORES PÚBLICOS E REGULAMENTA O PAGAMENTO DE HORAS EXTRAS NO ÂMBITO CÂMARA MUNICIPAL DE ARCOS.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/559/projeto_de_resolucao_no_06-2024_-_altera_a_resolucao_892_e_revoga_a_resolucao_893.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/559/projeto_de_resolucao_no_06-2024_-_altera_a_resolucao_892_e_revoga_a_resolucao_893.pdf</t>
   </si>
   <si>
     <t>APERFEIÇOA A RESOLUÇÃO Nº 892/2020, QUE DISPÕE SOBRE A REGULAMENTAÇÃO DO REGIME DE DIÁRIAS NO ÂMBITO DO PODER LEGISLATIVO, E REVOGA A RESOLUÇÃO N° 893/2020, QUE REGULAMENTA AS DESPESAS COM ALIMENTAÇÃO, HOSPEDAGEM E LOCOMOÇÃO DO MOTORISTA DA CÂMARA MUNICIPAL DE ARCOS.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/190/001_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/190/001_sorriso.pdf</t>
   </si>
   <si>
     <t>Ações e campanhas relacionadas a prevenção e controle da Dengue.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/191/002_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/191/002_sorriso.pdf</t>
   </si>
   <si>
     <t>Implantação de iluminação pública em via.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/192/003_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/192/003_sorriso.pdf</t>
   </si>
   <si>
     <t>Informações sobre reforma de casas de famílias de baixa renda.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/193/004_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/193/004_sorriso.pdf</t>
   </si>
   <si>
     <t>Manutenção e reparos nas barreiras de proteção às margens do canal da Avenida Sanitária.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/194/005_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/194/005_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Cópia do “Projeto básico de pavimentação” da Estrada Municipal de acesso ao Aterro Sanitário.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/196/006_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/196/006_sorriso.pdf</t>
   </si>
   <si>
     <t>Informações sobre o quadro de cargos efetivos do Executivo.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/197/007_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/197/007_ronaldo.pdf</t>
   </si>
   <si>
     <t>Construção de UPA infantil.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/198/008_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/198/008_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre chamamentos ou procedimentos licitatórios para o fornecimento de óculos.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/199/009_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/199/009_ronaldo.pdf</t>
   </si>
   <si>
     <t>Valores gastos em inexigibilidade de licitação para a realização de festas, eventos e contratações de artistas.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/200/010_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/200/010_ronaldo.pdf</t>
   </si>
   <si>
     <t>Quantidade de notificações realizadas pelo Executivo aos proprietários de lotes e terrenos sujos.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/201/011_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/201/011_ronaldo.pdf</t>
   </si>
   <si>
     <t>Revisão do Plano Diretor do Município de Arcos.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/202/012_flavio.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/202/012_flavio.pdf</t>
   </si>
   <si>
     <t>Reforma da quadra de esportes da Vila Boa Vista</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/203/013_flavio.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/203/013_flavio.pdf</t>
   </si>
   <si>
     <t>Implantação de câmera de segurança.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>Joãozinho, Ronaldo Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/204/014_joao_paulo_e_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/204/014_joao_paulo_e_ronaldo.pdf</t>
   </si>
   <si>
     <t>Valor do superávit financeiro acumulado no ano de 2023.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/207/015_flavio.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/207/015_flavio.pdf</t>
   </si>
   <si>
     <t>Limpeza da Rua Minas Gerais.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/208/req._ronaldo_016-2024.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/208/req._ronaldo_016-2024.pdf</t>
   </si>
   <si>
     <t>Informações sobre cursos de capacitação ofertados pelo Executivo Municipal.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/210/017_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/210/017_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre utilização de caminhão varredor de rua.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/211/018_letinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/211/018_letinho.pdf</t>
   </si>
   <si>
     <t>Informações sobre fila de espera para serviços gratuitos de fisioterapia.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/212/019_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/212/019_katia.pdf</t>
   </si>
   <si>
     <t>Pedido de providências com relação a animais de grande porte soltos nas vias de Arcos.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/213/020_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/213/020_sorriso.pdf</t>
   </si>
   <si>
     <t>Obras para escoamento de águas pluviais.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/214/021_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/214/021_sorriso.pdf</t>
   </si>
   <si>
     <t>Obras para escoamento de águas pluviais na Rua dos Pampas.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/215/022_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/215/022_sorriso.pdf</t>
   </si>
   <si>
     <t>Implantação de postes de iluminação pública.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/216/023_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/216/023_ronaldo.pdf</t>
   </si>
   <si>
     <t>Limpeza de via e confecção de calçada.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/217/024_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/217/024_ronaldo.pdf</t>
   </si>
   <si>
     <t>Construção de passarela sobre linha férrea.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>Ronaldo Ribeiro, Joãozinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/218/025_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/218/025_ronaldo.pdf</t>
   </si>
   <si>
     <t>Solicitação de conclusão de obra de asfaltamento em estrada municipal.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/226/26_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/226/26_ronaldo.pdf</t>
   </si>
   <si>
     <t>Disponibilização de servidores para atuarem no Posto de Identificação.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/227/27_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/227/27_ronaldo.pdf</t>
   </si>
   <si>
     <t>Disponibilização de sala para o CONSEP.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/228/28_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/228/28_laerte.pdf</t>
   </si>
   <si>
     <t>Implantação de Hospital de Referência no município.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/229/29_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/229/29_laerte.pdf</t>
   </si>
   <si>
     <t>Planilha com a relação de veículos do Município.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/230/30_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/230/30_laerte.pdf</t>
   </si>
   <si>
     <t>Relação de ruas que serão asfaltadas em 2024.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/231/31_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/231/31_ronaldo.pdf</t>
   </si>
   <si>
     <t>Cumprimento do Código de Posturas com relação à limpeza de lotes e terrenos vagos.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>Carlinhos, Ademar Sorriso, Joãozinho, Letinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/232/32_carlinhos._sorriso__letinho_e_joao.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/232/32_carlinhos._sorriso__letinho_e_joao.pdf</t>
   </si>
   <si>
     <t>Instalação de aparelhos de ar condicionado nas Casas de Apoio ao Arcoense.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/233/33_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/233/33_ronaldo.pdf</t>
   </si>
   <si>
     <t>Solicitação de cópia de licença ambiental e condicionantes.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/234/34_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/234/34_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre procedimentos técnico-operacionais realizados no Aterro Sanitário.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/235/35_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/235/35_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre o planejamento municipal para destinação de resíduos da construção civil.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/240/036_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/240/036_sorriso.pdf</t>
   </si>
   <si>
     <t>Implantação de rampas para cadeirantes.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/241/37_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/241/37_ronaldo.pdf</t>
   </si>
   <si>
     <t>Cópia de projeto arquitetônico da UPA.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/242/38_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/242/38_ronaldo.pdf</t>
   </si>
   <si>
     <t>Cópia de projeto arquitetônico da obra de expansão do Hospital Municipal São José.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/243/39_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/243/39_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre recursos para ações de combate à dengue.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/244/40_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/244/40_ronaldo.pdf</t>
   </si>
   <si>
     <t>Alteração e adequação da Lei Municipal nº 3.008/2021.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/245/41_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/245/41_ronaldo.pdf</t>
   </si>
   <si>
     <t>Cópia de empenhos referentes à aquisição de testes de COVID.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/246/42_ney.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/246/42_ney.pdf</t>
   </si>
   <si>
     <t>Limpeza da Praça do Bairro Buritis.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>Ronaldo Ribeiro, Carlinhos, Joãozinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/247/43_ronaldo_joao_carlinhos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/247/43_ronaldo_joao_carlinhos.pdf</t>
   </si>
   <si>
     <t>Convocação do Secretário Municipal de Saúde.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/248/44_carlinhos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/248/44_carlinhos.pdf</t>
   </si>
   <si>
     <t>Gastos com evento de ciclismo.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/249/45_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/249/45_sorriso.pdf</t>
   </si>
   <si>
     <t>Contratação de Engenheiro de Trânsito.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/250/46_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/250/46_sorriso.pdf</t>
   </si>
   <si>
     <t>Construção de muro “Gabião” para conter desbarrancamentos.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>Ronaldo Ribeiro, Ademar Sorriso, Carlinhos, Joãozinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/252/47_ronaldo_e_outros.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/252/47_ronaldo_e_outros.pdf</t>
   </si>
   <si>
     <t>Convocação do Secretário Municipal Sérgio José Veloso.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/253/48_ronaldo_e_outros.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/253/48_ronaldo_e_outros.pdf</t>
   </si>
   <si>
     <t>Informações sobre abertura de processo administrativo.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/254/49_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/254/49_ronaldo.pdf</t>
   </si>
   <si>
     <t>Melhorias na infraestrutura da Feira do Produtor Rural.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/255/50_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/255/50_katia.pdf</t>
   </si>
   <si>
     <t>Encaminha proposta de Projeto de Lei</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/256/51_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/256/51_katia.pdf</t>
   </si>
   <si>
     <t>Encaminha proposta de Projeto de Resolução</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>Flávio, Letinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/257/52_flavio_e_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/257/52_flavio_e_laerte.pdf</t>
   </si>
   <si>
     <t>Monitoramento de focos da dengue através de drones.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/258/53_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/258/53_ronaldo.pdf</t>
   </si>
   <si>
     <t>Cumprimento da Lei Municipal nº 2.623/2014.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/259/54_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/259/54_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre reforma ou intervenção no Sindicato dos Trabalhadores Rurais de Arcos.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/264/55_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/264/55_ronaldo.pdf</t>
   </si>
   <si>
     <t>Cópias de processos licitatórios e contratos referentes a obras de construção de quadras de esportes.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/265/56_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/265/56_ronaldo.pdf</t>
   </si>
   <si>
     <t>Instalação da Guarda Municipal em Arcos.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/266/57_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/266/57_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre quantidade de professores de apoio do Município e alunos com transtornos de aprendizagem e outras neurodiversidades.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/268/58_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/268/58_katia.pdf</t>
   </si>
   <si>
     <t>Implantação aparelhos de ar condicionado na Casa de Cultura.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/269/59_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/269/59_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Cópias de atas de reuniões do Conselho Municipal de Educação.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/270/60_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/270/60_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Implantação de “Centro de Hidratação 24 horas”.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/271/61_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/271/61_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Pagamento retroativo do piso da enfermagem.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/272/62_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/272/62_katia.pdf</t>
   </si>
   <si>
     <t>Implantação aparelhos de ar condicionado em escolas e creches municipais.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/273/63_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/273/63_ronaldo.pdf</t>
   </si>
   <si>
     <t>Notificação da empresa responsável pela cobertura da quadra de esportes do Bairro São Vicente.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/275/64_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/275/64_ronaldo.pdf</t>
   </si>
   <si>
     <t>Melhorias na Casa de Apoio de Divinópolis.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/276/65_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/276/65_ronaldo.pdf</t>
   </si>
   <si>
     <t>Asfaltamento de via pública.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/277/66_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/277/66_ronaldo.pdf</t>
   </si>
   <si>
     <t>Limpeza no Bairro Califórnia.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/278/67_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/278/67_ronaldo.pdf</t>
   </si>
   <si>
     <t>Medidas efetivas para controle e prevenção da dengue.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/279/68_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/279/68_ronaldo.pdf</t>
   </si>
   <si>
     <t>Plano de ação para recuperação e manutenção de estradas rurais.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/280/69_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/280/69_ronaldo.pdf</t>
   </si>
   <si>
     <t>Cumprimento da Lei Municipal nº 3.085 de 12/06/2023.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/281/70_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/281/70_ronaldo.pdf</t>
   </si>
   <si>
     <t>Manutenção em parquinhos infantis</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/282/71_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/282/71_ronaldo.pdf</t>
   </si>
   <si>
     <t>Melhorias na área de entrada da Creche Municipal Jaya Batista de Assunção.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/283/72_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/283/72_ronaldo.pdf</t>
   </si>
   <si>
     <t>Convocação de Secretários Municipais.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/284/73_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/284/73_ronaldo.pdf</t>
   </si>
   <si>
     <t>Colocação de logomarca da prefeitura em todos os veículos.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/289/74_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/289/74_ronaldo.pdf</t>
   </si>
   <si>
     <t>Criação da Guarda Civil Municipal de Arcos/MG.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/290/75_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/290/75_ronaldo.pdf</t>
   </si>
   <si>
     <t>Revisão e atualização do plano diretor.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/291/76_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/291/76_ronaldo.pdf</t>
   </si>
   <si>
     <t>Implantação de academia ao ar livre e parquinho infantil no _x000D_
 bairro Jardim Canadá.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/292/77__katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/292/77__katia.pdf</t>
   </si>
   <si>
     <t>Atendimentos gratuitos de médicos dermatologistas</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/294/78_ney.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/294/78_ney.pdf</t>
   </si>
   <si>
     <t>Asfaltamento de vias públicas</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/295/79_ney.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/295/79_ney.pdf</t>
   </si>
   <si>
     <t>Construção de “barraginhas”</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/296/80_ney.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/296/80_ney.pdf</t>
   </si>
   <si>
     <t>Continuidade de obras na Usina Velha e melhorias diversas</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/302/81_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/302/81_ronaldo.pdf</t>
   </si>
   <si>
     <t>Estudo técnico acerca da capacidade do cemitério municipal</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/303/82_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/303/82_laerte.pdf</t>
   </si>
   <si>
     <t>Informações acerca das tratativas da construção do trevo do bairro Jardim Esplanada.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/304/83_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/304/83_laerte.pdf</t>
   </si>
   <si>
     <t>Informações acerca da revitalização da Rodovia Aderbal Teixeira de Amorim, na MG 170.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/305/84_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/305/84_laerte.pdf</t>
   </si>
   <si>
     <t>Projeto de rede de esgotos da comunidade da Ilha.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/306/85_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/306/85_laerte.pdf</t>
   </si>
   <si>
     <t>Informações sobre obra de asfaltamento</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/307/86_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/307/86_laerte.pdf</t>
   </si>
   <si>
     <t>Construção de creches municipais</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/308/87_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/308/87_sorriso.pdf</t>
   </si>
   <si>
     <t>Construção de sede própria da Unidade Básica de Saúde do bairro São Vicente.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/309/88_diretora.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/309/88_diretora.pdf</t>
   </si>
   <si>
     <t>Convocação de Secretário Municipal.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/310/89_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/310/89_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Confecção de calçadas em vias públicas.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/312/90_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/312/90_ronaldo.pdf</t>
   </si>
   <si>
     <t>Execução de mecanismos para a drenagem ou canalização de água em área pública.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/318/91_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/318/91_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre o cumprimento da Lei Federal nº 14.254/2021</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/324/92_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/324/92_sorriso.pdf</t>
   </si>
   <si>
     <t>Construção de Unidade Básica de Saúde e quadra de esportes no bairro Mangabeiras.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/325/93_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/325/93_sorriso.pdf</t>
   </si>
   <si>
     <t>Construção de nova Unidade Básica de Saúde na Comunidade da Ilha.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/326/94_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/326/94_ronaldo.pdf</t>
   </si>
   <si>
     <t>Construção de muro na Unidade Básica de Saúde do Bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/327/95_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/327/95_ronaldo.pdf</t>
   </si>
   <si>
     <t>Asfaltamento de vias públicas.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/328/96_carlinhos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/328/96_carlinhos.pdf</t>
   </si>
   <si>
     <t>Informações sobre a confecção de placa com a denominação oficial da Casa de Apoio situada na cidade de Divinópolis/MG.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/329/97_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/329/97_ronaldo.pdf</t>
   </si>
   <si>
     <t>Estudo técnico para organização do trânsito de Arcos.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/330/98_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/330/98_ronaldo.pdf</t>
   </si>
   <si>
     <t>Viabilidade técnica de redutores de velocidade na Avenida Sanitária.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/331/99_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/331/99_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre questões ambientais e cumprimento de lei municipal.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/332/100_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/332/100_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Realização de audiência pública</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/333/101_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/333/101_joao_paulo.pdf</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/336/102_mesa_diretora.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/336/102_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Asfaltamento de Avenida Projetada</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/345/103_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/345/103_ronaldo.pdf</t>
   </si>
   <si>
     <t>Pavimentação em ruas com calçamento de bloquetes</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/349/104_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/349/104_katia.pdf</t>
   </si>
   <si>
     <t>Previsão de orçamento para implantação do “Programa Municipal de Apoio à Mulher Vítima de Violência Doméstica e Familiar</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/355/105_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/355/105_katia.pdf</t>
   </si>
   <si>
     <t>Previsão de orçamento para custear despesas relacionadas ao acompanhamento integral de educandos com dislexia, TDAH e outros transtornos de aprendizagem.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/352/106_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/352/106_ronaldo.pdf</t>
   </si>
   <si>
     <t>Solicitação de cópia de licença ambiental e condicionantes</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/353/107_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/353/107_ronaldo.pdf</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/356/108_comissao_de_orcamento.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/356/108_comissao_de_orcamento.pdf</t>
   </si>
   <si>
     <t>Informações sobre valores de livre movimentação e valores empenhados na conta do Município.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/360/109_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/360/109_ronaldo.pdf</t>
   </si>
   <si>
     <t>Solicitação de manutenção na estrada rural do Córrego das Almas/Vargem dos Britos.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/361/109_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/361/109_ronaldo.pdf</t>
   </si>
   <si>
     <t>Solicitação de informação atualizada constando todos os médicos que prestam serviços no âmbito da saúde pública do município de Arcos-MG</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/362/111_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/362/111_ronaldo.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações atualizadas sobre as ações realizadas pela administração municipal no que diz respeito à reforma e construção de moradias populares no período de 2021 até a presente data.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/364/112_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/364/112_katia.pdf</t>
   </si>
   <si>
     <t>Aumento do Ticket Alimentação</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/368/113_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/368/113_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Esclarecimentos sobre quedas de energia elétrica na Rua dos Tupinambás.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/369/114_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/369/114_ronaldo.pdf</t>
   </si>
   <si>
     <t>Obras de reparos em canaleta de escoamento de águas pluviais.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/370/115_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/370/115_ronaldo.pdf</t>
   </si>
   <si>
     <t>Tratativas para implantação do “Plano Municipal de Arborização”.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/371/116_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/371/116_ronaldo.pdf</t>
   </si>
   <si>
     <t>Previsão de asfaltamento em via pública</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/372/117_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/372/117_ronaldo.pdf</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/373/118_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/373/118_katia.pdf</t>
   </si>
   <si>
     <t>Cumprimento de dispositivos do Código de Posturas Municipal</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/374/119_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/374/119_sorriso.pdf</t>
   </si>
   <si>
     <t>Manutenção das academias ao ar livre e parquinhos infantis.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/375/120_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/375/120_ronaldo.pdf</t>
   </si>
   <si>
     <t>Parque ecológico no Rastro de São Pedro</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/380/121__ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/380/121__ronaldo.pdf</t>
   </si>
   <si>
     <t>Implantação de Museu Municipal</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/381/122_mesa__diretora.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/381/122_mesa__diretora.pdf</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/382/123_mesa__diretora.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/382/123_mesa__diretora.pdf</t>
   </si>
   <si>
     <t>Convocação do Secretário Municipal de Desenvolvimento e Integração Social.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/388/124_flavio.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/388/124_flavio.pdf</t>
   </si>
   <si>
     <t>Recapeamento na Rua Chico Cuca</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/389/125_ney.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/389/125_ney.pdf</t>
   </si>
   <si>
     <t>Construção de pátio municipal devidamente estruturado para guardar veículos do Município.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Ademar Sorriso, Joãozinho, Ronaldo Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/391/126_joao__ademar_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/391/126_joao__ademar_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre a Gestão Plena do Sistema Único de Saúde</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Ademar Sorriso, Joãozinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/392/127_joao__ademar.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/392/127_joao__ademar.pdf</t>
   </si>
   <si>
     <t>Solicitação de parecer jurídico acerca do ressarcimento do complemento da aposentadoria.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/393/128_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/393/128_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre se houve a implantação da Rede Sim (Rede Nacional para a Simplificação do Registro e da Legalização de Empresas e Negócios) no município de Arcos/MG.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/395/129_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/395/129_ronaldo.pdf</t>
   </si>
   <si>
     <t>Previsão na LDO e LOA de despesas relacionadas à restituição do complemento aposentadoria dos servidores municipais</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/394/130_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/394/130_ronaldo.pdf</t>
   </si>
   <si>
     <t>Realocação do portão de acesso ao Parque de Transmissões do Morro do Pica Pau.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/396/131_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/396/131_ronaldo.pdf</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/399/132__katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/399/132__katia.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para implementação de um novo complemento aposentadoria para os servidores municipais.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/400/133__katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/400/133__katia.pdf</t>
   </si>
   <si>
     <t>Informações sobre procedimentos executados no hospital municipal diante do atendimento de mulheres com indícios de violência.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/401/134_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/401/134_ronaldo.pdf</t>
   </si>
   <si>
     <t>Vistoria e recuperação de área verde.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/402/135_letinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/402/135_letinho.pdf</t>
   </si>
   <si>
     <t>Revitalização e reforma de praças.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/403/136_ney.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/403/136_ney.pdf</t>
   </si>
   <si>
     <t>Implantação de passagem elevada para pedestres.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/404/137_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/404/137_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre o cargo de Professor PEB I dos anos iniciais do Ensino Fundamental.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/405/138_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/405/138_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre adesão ao “Programa Minas Forma” do Governo de Minas Gerais</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/406/139_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/406/139_ronaldo.pdf</t>
   </si>
   <si>
     <t>Implantação de canaletas de escoamento de águas pluviais em Estrada Municipal</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/407/140_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/407/140_ronaldo.pdf</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/408/141_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/408/141_ronaldo.pdf</t>
   </si>
   <si>
     <t>Plano de ação para o funcionamento contínuo da ETE e das estações elevatórias de esgoto.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/409/142_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/409/142_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre cumprimento de acordo com o Ministério Público relacionado a cargos efetivos.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/410/143_letinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/410/143_letinho.pdf</t>
   </si>
   <si>
     <t>Aquisição de imóvel em Belo Horizonte/MG.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/414/144_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/414/144_ronaldo.pdf</t>
   </si>
   <si>
     <t>Elaboração de plano emergencial para promover melhorias na coleta seletiva de lixo.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/415/145_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/415/145_sorriso.pdf</t>
   </si>
   <si>
     <t>Despesas com trator de esteiras</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/416/146_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/416/146_sorriso.pdf</t>
   </si>
   <si>
     <t>Aquisição de máquina “trituradora de galhos”</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/417/147__katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/417/147__katia.pdf</t>
   </si>
   <si>
     <t>Instituição de “Centro de Acolhimento e Referência para mulheres vítimas de violência doméstica e familiar”</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/421/148_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/421/148_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Execução de folha de pagamento complementar para profissionais da enfermagem.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/422/149_legislativo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/422/149_legislativo.pdf</t>
   </si>
   <si>
     <t>Criação do Centro de Referência Especializado à Mulher no Município de Arcos/MG.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/423/150_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/423/150_ronaldo.pdf</t>
   </si>
   <si>
     <t>Possível inclusão da Pista de Mountain Bike – MTB à estrutura do Parque Aquático Municipal.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/424/151_carlinhos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/424/151_carlinhos.pdf</t>
   </si>
   <si>
     <t>Nome de vias públicas que serão pavimentadas</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/425/152_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/425/152_sorriso.pdf</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/426/153_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/426/153_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre a quantidade de casas reformadas e materiais de construção doados desde 2021 até a presente data.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/427/154_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/427/154_ronaldo.pdf</t>
   </si>
   <si>
     <t>Asfaltamento de trecho da Estrada dos Cristais</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/428/155_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/428/155_ronaldo.pdf</t>
   </si>
   <si>
     <t>Solicitação da Listagem de Beneficiários e Critérios de Doação dos Mata-Burros</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/429/156_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/429/156_ronaldo.pdf</t>
   </si>
   <si>
     <t>Solicitação de cópia dos Contratos de Asfaltamento e Questionamento sobre Execução Noturna dos Serviços</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/430/157_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/430/157_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre cumprimento de Acordo de Cooperação Técnica.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/435/158_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/435/158_sorriso.pdf</t>
   </si>
   <si>
     <t>Manutenção e reparos nas barreiras de proteção às margens do canal da Avenida Sanitária</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/436/159_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/436/159_sorriso.pdf</t>
   </si>
   <si>
     <t>Implantação de postes de iluminação pública</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/437/160_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/437/160_sorriso.pdf</t>
   </si>
   <si>
     <t>Pavimentação de via de acesso a Comunidade dos Davis</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/438/161_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/438/161_ronaldo.pdf</t>
   </si>
   <si>
     <t>Convocação</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/439/162_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/439/162_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre valores repassados ao ICISMEP.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>Calixto, Ney Miranda</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/440/163_ney__e_calixto.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/440/163_ney__e_calixto.pdf</t>
   </si>
   <si>
     <t>Asfaltamento e outras melhorias na região da Calciolândia</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/441/164_flavio.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/441/164_flavio.pdf</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/442/165_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/442/165_sorriso.pdf</t>
   </si>
   <si>
     <t>Implantação de rampas para cadeirantes</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/450/166_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/450/166_ronaldo.pdf</t>
   </si>
   <si>
     <t>Cronograma das obras de construção da UPA.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/451/167_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/451/167_ronaldo.pdf</t>
   </si>
   <si>
     <t>Cronograma das obras de ampliação do Bloco Cirúrgico e CTI da Santa Casa de Arcos.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/452/168_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/452/168_ronaldo.pdf</t>
   </si>
   <si>
     <t>Relação com quadro atual de funcionários do Município.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/453/169_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/453/169_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre valores investidos na área da saúde desde 2021 até a presente data.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/454/170_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/454/170_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre veículo adquirido com recursos de emenda parlamentar.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/455/171_flavio.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/455/171_flavio.pdf</t>
   </si>
   <si>
     <t>Reforma da Praça Elza Frias Leão e implantação de câmera de segurança.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/456/172_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/456/172_ronaldo.pdf</t>
   </si>
   <si>
     <t>Implantação de calçada e meio-fio em trechos da Avenida Progresso.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/457/173_sorriso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/457/173_sorriso.pdf</t>
   </si>
   <si>
     <t>Despesas com trator de esteiras.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/458/174_sorriso_e_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/458/174_sorriso_e_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Convocação do Secretário Municipal de Obras e Serviços Públicos.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/459/175_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/459/175_ronaldo.pdf</t>
   </si>
   <si>
     <t>Solicitação de Providências para a Falta de Água na Comunidade da Ilha.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/461/176_flavio.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/461/176_flavio.pdf</t>
   </si>
   <si>
     <t>Melhorias no Terminal Rodoviário.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/462/177_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/462/177_ronaldo.pdf</t>
   </si>
   <si>
     <t>Informações sobre gastos com veículos</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/463/178_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/463/178_ronaldo.pdf</t>
   </si>
   <si>
     <t>Manutenção e reparos nas barreiras e gradil de proteção da Avenida Sanitária.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/464/179_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/464/179_ronaldo.pdf</t>
   </si>
   <si>
     <t>Execução do “Plano Municipal de Arborização".</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/465/180_ronaldo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/465/180_ronaldo.pdf</t>
   </si>
   <si>
     <t>Implantação de placas informativas com o nome de vias públicas.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/466/181_flavio.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/466/181_flavio.pdf</t>
   </si>
   <si>
     <t>Pavimentação de via pública</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/495/182_joao.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/495/182_joao.pdf</t>
   </si>
   <si>
     <t>Requerimento para Restituição das Contribuições Oriundas do Sistema de Aposentadoria Complementar (Lei 1.510/1993)</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/511/183_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/511/183_laerte.pdf</t>
   </si>
   <si>
     <t>Relação de veículos do Município.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/519/184_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/519/184_laerte.pdf</t>
   </si>
   <si>
     <t>Cópias de atas de reuniões com a Promotoria de Justiça.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/520/185_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/520/185_laerte.pdf</t>
   </si>
   <si>
     <t>Convocação do Secretário Municipal de Planejamento e Desenvolvimento Sustentável.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/521/186_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/521/186_laerte.pdf</t>
   </si>
   <si>
     <t>Relatório acerca do transporte coletivo do Município.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/522/187_laerte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/522/187_laerte.pdf</t>
   </si>
   <si>
     <t>Licitação para aquisição de cestas básicas adicionais.</t>
   </si>
   <si>
     <t>Em</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/185/emenda_pl_ordinario_039-2023_subvencoes.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/185/emenda_pl_ordinario_039-2023_subvencoes.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria da Comissão de Legislação, Justiça e Redação Final ao Projeto de Lei Ordinária nº 039/2023, que DISPÕE SOBRE A CONCESSÃO DE SUBVENÇÕES NO EXERCÍCIO DE 2023 ÀS ENTIDADES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/286/emenda_no_002-2024_plo_007-2024_cam.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/286/emenda_no_002-2024_plo_007-2024_cam.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria da Comissão de Legislação, Justiça e Redação Final ao Projeto de Lei Ordinária nº 007/2024, de autoria dos Vereadores Laerte Cesário, Carlos Antônio e Ronaldo Ribeiro.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/287/emenda_no_003-2024_plo_007-2024_cam.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/287/emenda_no_003-2024_plo_007-2024_cam.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria da Vereadora Kátia Mateus de Moura Sousa ao Projeto de Lei Ordinária nº 007/2024, de autoria dos Vereadores Laerte Cesário, Carlos Antônio e Ronaldo Ribeiro.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/300/emenda_no_004-2024_pr_004-2024_cam.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/300/emenda_no_004-2024_pr_004-2024_cam.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA DE AUTORIA DA VEREADORA KÁTIA MATEUS DE MOURA SOUSA AO PROEJTO DE RESOLUÇÃO Nº 004/2024 DE AUTORIA DA MESA DIRETORA QUE DISPÕE SOBRE UMA FOLGA ANUAL PARA TODOS OS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO DO MUNICÍPIO DE ARCOS/MG NO DIA DE SEU ANIVERSÁRIO, SEM PREJUÍZO DE SUA REMUNERAÇÃO.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/315/emenda_no_005-2024_pr_007-2024_exec.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/315/emenda_no_005-2024_pr_007-2024_exec.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria da Vereadora Kátia Mateus de Moura Sousa ao Projeto de Lei Ordinária nº 007/2024, de autoria do Executivo Municipal que DISPÕE SOBRE UMA FOLGA ANUAL PARA TODOS OS SERVIDORES PÚBLICOS DO PODER EXECUTIVO DO MUNICÍPIO DE ARCOS/MG NO DIA DE SEU ANIVERSÁRIO, SEM PREJUÍZO DE SUA REMUNERAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/343/emenda_no_006-2024_plo_009-2024_exec.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/343/emenda_no_006-2024_plo_009-2024_exec.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria da Comissão de Legislação, Justiça e Redação Final ao Projeto de Lei Ordinária nº 009/2024, de autoria do Executivo Municipal que AUTORIZA O MUNICÍPIO DE ARCOS/MG A PROMOVER A CONCESSÃO DE USO DE EQUIPAMENTOS À SOCIEDADE DE APOIO AO PACIENTE COM CÂNCER DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/397/emenda_no_007-2024_plo_013-2024_exec.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/397/emenda_no_007-2024_plo_013-2024_exec.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria da Comissão de Legislação, Justiça e Redação Final ao Projeto de Lei Ordinária nº 013/2024, de autoria do Executivo Municipal que DISPÕE SOBRE ATIVIDADES EM REGIME DE TELE-TRABALHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/411/emenda_no_008-2024_plc_008-2024_exec.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/411/emenda_no_008-2024_plc_008-2024_exec.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria da Comissão de Legislação, Justiça e Redação Final ao Projeto de Lei Complementar nº 008/2024, de autoria do Executivo Municipal que DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/412/emenda_no_009-2024_plc_008-2024_exec.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/412/emenda_no_009-2024_plc_008-2024_exec.pdf</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/413/emenda_no_010-2024_plc_008-2024_exec.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/413/emenda_no_010-2024_plc_008-2024_exec.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria da Comissão de Finanças, Orçamento e Tomada de Contas ao Projeto de Lei Complementar nº 008/2024, de autoria do Executivo Municipal que DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/543/emenda_no_011-2024_plo_017-2024_exec.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/543/emenda_no_011-2024_plo_017-2024_exec.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria da Comissão de Legislação, Justiça e Redação Final ao Projeto de Lei Ordinária nº 017/2024, de autoria do Executivo Municipal que AUTORIZA O MUNICÍPIO DE ARCOS/MG A DOAR IMÓVEL QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>RFPL</t>
   </si>
   <si>
     <t>Redação Final de Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/288/redacao_final_plo_007-2024_cam.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/288/redacao_final_plo_007-2024_cam.pdf</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL DO PROJETO DE LEI ORDINÁRIA Nº 007/2024 QUE DISPÕE SOBRE A PROÍBIÇÃO DO MANUSEIO, UTILIZAÇÃO, QUEIMA E SOLTURA DE FOGOS DE ESTAMPIDOS E DE ARTIFÍCIOS, ASSIM COMO DE QUAISQUER ARTEFATOS PIROTÉCNICOS DE EFEITO SONORO RUIDOSO NO MUNICÍPIO ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>RV</t>
   </si>
   <si>
     <t>Razões de Veto</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/209/razoes_do_veto_-_pl_complementar_no_001-2023.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/209/razoes_do_veto_-_pl_complementar_no_001-2023.pdf</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei Complementar nº 001/2023 de autoria do Vereador Ronaldo Gaspar Ribeiro.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4381,68 +4381,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/549/emenda_impositiva_sorriso.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/550/emenda_impositiva_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/551/emenda_impositiva_flavio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/552/emenda_impositiva_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/553/emenda_impositiva_calixto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/554/emenda_impositiva_katia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/555/emenda_impositiva_laerte.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/556/emenda_impositiva_ney.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/557/emenda_impositiva_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/547/emenda_modificativa_pl_018-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/548/emenda_001-2024_-_projeto_de_lei_complementar__020-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/205/pld_01-2024_mocao_honrosa_dr._luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/206/pld_02-2024_mocao_de_apoio_pec_a_constituicao_estadual.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/251/pld_03-2024_mocao_honrosa_talisson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/260/pld_04-2024_mocao_honrosa_cida_bernardes.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/261/pld_05-2024_mocao_honrosa_joana_darc.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/297/pld_06-2024_mocao_honrosa_dagmar_cardoso.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/301/pld_07-2024_mocao_honrosa_flavio_zagueirao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/311/pld_08-2024_mocao_honrosa_renato_vieira_soares.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/313/pld_09-2024_mocao_honrosa_biologo_pedro_augusto.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/320/pld_010-2024_mocao_honrosa_adriana.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/340/pld_011-2024_mocao_honrosa_ze_graveteiro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/341/pld_012-2024_mocao_honrosa_risilene.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/342/pld_013-2024_mocao_honrosa_sebastiao_aparecido_de_castro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/354/pld_014-2024_mocao_honrosa_beatriz_bastos_braga.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/359/pld_015-2024_aprovacao_das_contas_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/378/pld_016-2024_merito_ambiental_dr._sebastiao_rodrigues_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/379/pld_017-2024_merito_ambiental_marilene_soraggi.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/386/pld_018-2024_mocao_honrosa_rodrigo_-_pagina_os_zarco.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/387/pld_019-2024_mocao_honrosa_ligia_diva.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/398/pld_020-2024_merito_ambiental_geraldo_lo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/467/pld_021-2024_boina_de_ouro_cleber_mendonca.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/468/pld_022-2024_honra_ao_merito_kenia_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/469/pld_023-2024_aprovacao_das_contas_2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/470/pld_024-2024_honra_ao_merito_junia_medeiros.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/471/pld_025-2024_cidadao_honorario_onofre_otoni.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/472/pld_026-2024_honra_ao_merito_luciana_gracieli.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/473/pld_027-2024_cidadao_honorario_pe._samuel_henrique_borges.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/474/pld_028-2024_boina_de_ouro_bruno_ribeiro_de_morais.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/475/pld_029-2024_boina_de_ouro_marlon_acacio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/476/pld_030-2024_honra_ao_merito_sinval_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/477/pld_031-2024_honra_ao_merito_marco_tulio_oliveira_silva_souza.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/496/pld_032-2024_cidadao_honorario_luiz_henrique_sabino.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/479/pld_033-2024_boina_de_ouro_ewerton_dos_reis_ferreira_duarte.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/480/pld_034-2024_cidadao_honorario_tete_diniz.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/481/pld_035-2024_cidada_honoraria_rubia_fernanda_goncalves.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/482/pld_036-2024_cidadao_honorario_gustavo_alves_pereira.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/483/pld_037-2024_cidadao_honorario_pedro_adriano_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/484/pld_038-2024_boina_de_ouro_guilherme_silva_de_mendonca.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/489/pld_039-2024_honra_ao_merito_geraldo_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/485/pld_040-2024_cidadao_honorario_evandro_clementino_soares.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/486/pld_041-2024_mocao_honrosa_arnaldo_vieira.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/487/pld_042-2024_boina_de_ouro_dra_hionara_araujo_pimentel.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/488/pld_043-2024_cidada_honoraria_gabriela_freitas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/490/pld_044-2024_cidadao_honorario_ricardo_avila_de_paiva.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/497/pld_045-2024_honra_ao_merito_farnese_rabelo_amorin_filho.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/492/pld_046-2024_cidadao_honorario_lucas_henrique_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/494/pld_047-2024_honra_ao_merito_ronaldo_goncalves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/499/pld_048-2024_mocao_honrosa_daniela_ap._de_souza.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/500/pld_049-2024_mocao_honrosa_wainny_goncalves_pereira.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/501/pld_050-2024_cidadao_honorario_niltom_vieira_junior.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/502/pld_051-2024_cidadao_honorario_marcio_rezende_santos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/503/pld_052-2024_boina_de_ouro_deliener_rodrigues_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/504/pld_053-2024_honra_ao_merito_renata_ribeiro_mattar.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/505/pld_054-2024_mocao_de_aplausos_dr._wellington_francelli_estevao_rodrigues_roque_2.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/506/pld_055-2024_cidada_honoraria_lucelia_soares_duarte.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/507/pld_056-2024_cidadao_honorario_dr._sergio_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/508/pld_057-2024_honra_ao_merito_daniela_aparecida_de_souza.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/509/pld_058-2024_honra_ao_merito_raquel_cardoso_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/510/pld_059-2024_mocao_honrosa_maria_berto.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/513/pld_060-2024_cidadao_honorario_jose_antonio_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/512/pld_061-2024_boina_de_ouro_geruanderson_soares_leal.docx.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/514/pld_062-2024_honra_ao_merito_julio_celio_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/515/pld_063-2024_mocao_honrosa_marlon_resende_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/516/pld_064-2024_mocao_honrosa_elisabete_dos_santos_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/517/pld_065-2024_mocao_honrosa_osvaldo_lopes.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/518/pld_066-2024_mocao_honrosa_maria_aparecida_medeiros.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/528/pld_067-2024_mocao_honrosa_andreia_gontijo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/529/pld_068-2024_mocao_honrosa_fabiana_medeiros.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/531/pld_069-2024_mocao_honrosa_leonardo_antonio_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/532/pld_070-2024_mocao_honrosa_dra._roseli_rosa.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/536/pld_071-2024_mocao_honrosa_luis_deusdede_da_silva_filho.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/537/pld_072-2024_mocao_honrosa_aparecido_braz.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/538/pld_073-2024_mocao_de_aplausos_ssvp..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/540/pld_074-2024_mocao_de_aplausos_edmar_de_castro..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/541/pld_075-2024_mocao_honrosa_joao_paulo_teixeira_silva_sacramento..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/319/proposta_de_emenda_001_de_2024_-_art._128_xvi_da_lom.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/526/proposta_de_emenda_002_-_art._165_-_emendas_de_bancada.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/186/projeto_de_lei_ordinaria_001-24_revisao_salarial_servidores_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/222/plo_002-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/195/plo_003-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/262/plo_004-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/274/plo_005-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/285/plo_006-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/298/plo_007-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/299/plo_008-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/334/plo_009-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/347/plo_010-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/365/plo_011-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/366/plo_012-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/383/plo_013-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/418/plo_014-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/419/plo_015-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/420/plo_016-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/523/plo_017-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/524/plo_018-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/535/plo_019-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/561/plo_020-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/564/plo_021-2024_exec..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/565/plo_022-2024_exec..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/566/plo_023-2024_exec..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/567/plo_024-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/568/plo_025-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/188/projeto_de_lei_no_003-2024_-_revisao_subsidios.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/219/projeto_de_lei_no_004-2024_-_alteracao_da_lei_3.122_de_2024_b.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/220/projeto_de_lei_no_005-2024_-_dia_municipal_dos_congados_e_reinados.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/263/projeto_de_lei_no_006-2024_-_denominacao_rua_joao_vieira.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/267/projeto_de_lei_no_07-2024_-__proibicao_de_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/316/projeto_de_lei_no_008-2024_-_cordao_de_girassois.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/317/projeto_de_lei_no_009-2024_-_medalha_de_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/321/projeto_de_lei_no_010-2024_-_politica_municipal_de_atencao_psicossocial_a_comunidade_escolar_de_arcos-mg.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/322/projeto_de_lei_no_011-2024_-_dislexia_e_tdah.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/323/projeto_de_lei_no_012_-_2024_-_denominacao_campo_de_futebol_jesus_garcia.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/337/projeto_de_lei_no_013_-_2024_-_denominacao_ponte_amador_rodrigues_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/338/proejto_de_lei_no_014-2024_-_aumento_do_cargo_de_auxiliar_de_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/344/projeto_de_lei_no_015-2024_-_programa_municipal_contra_a_violencia_domestica_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/346/projeto_de_lei_no_016-2024_-_laudo_permanente_tea_e_sindrome_de_down_b.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/357/projeto_de_lei_no_017_-2024_-_sobras_de_materiais_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/358/projeto_de_lei_no_018_-2024_-_seguranca_ferroviaria.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/377/projeto_de_lei_no_019-2024_-_medalha_de_merito_desportivo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/390/projeto_de_lei_no_020-_2024_-_alteracao_denominacao_parque_da_usina_velha.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_lei_n_021-2024_-_preservacao_de_nascentes.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/493/projeto_de_lei_no_022-2024_-__utilidade_publica_associacao_terno_de_congado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/498/projeto_de_lei_no_023-2024_-_meia-entrada_a_professores.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/527/projeto_de_lei_no_024-2024_-__utilidade_publica_loja_simbolica_fe_e_trabalho.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/533/projeto_de_lei_no_025-_2024_-_denominacao_passarela_carolina_marta_da_silva_veloso.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/539/projeto_de_lei_no_026-2024_-_dia_municipal_da_poesia.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/558/projeto_de_lei_no_027-2024_-_revoga_dispositivos_da_lei_2.962_de_2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/560/projeto_de_lei_no_028-2024_-_honraria_obrigado_servidor.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/223/plc_001-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/224/plc_002-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/225/plc_003-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/236/plc_004-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/237/plc_005-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/238/plc_006-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/239/plc_007-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/314/plc_008-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/335/plc_010-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/348/plc_011-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/367/plc_013-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/384/plc_014-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/385/plc_015-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/431/plc_016-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/432/plc_017-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/433/plc_018-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/434/plc_019-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/444/plc_020-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/445/plc_021-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/446/plc_022-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/447/plc_023-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/448/plc_024-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/449/plc_025-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/525/plc_026-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/545/plc_028-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/546/plc292024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/184/projeto_de_resolucao_no_01-2024_-_regulamentacao_da_lei_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/189/projeto_de_lei_no_003-2024_-_revisao_subsidios.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/221/projeto_de_resolucao_no_03-2024_alteracao_resolucao_894_de_2021_com_organograma.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/293/projeto_de_resolucao_no_04-2024_-_folga_servidores_municipais.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/534/projeto_de_resolucao_no_05-2024_-_jornada_de_trabalho_horas_extras_e_banco_de_horas.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/559/projeto_de_resolucao_no_06-2024_-_altera_a_resolucao_892_e_revoga_a_resolucao_893.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/190/001_sorriso.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/191/002_sorriso.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/192/003_sorriso.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/193/004_sorriso.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/194/005_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/196/006_sorriso.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/197/007_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/198/008_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/199/009_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/200/010_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/201/011_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/202/012_flavio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/203/013_flavio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/204/014_joao_paulo_e_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/207/015_flavio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/208/req._ronaldo_016-2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/210/017_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/211/018_letinho.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/212/019_katia.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/213/020_sorriso.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/214/021_sorriso.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/215/022_sorriso.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/216/023_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/217/024_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/218/025_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/226/26_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/227/27_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/228/28_laerte.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/229/29_laerte.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/230/30_laerte.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/231/31_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/232/32_carlinhos._sorriso__letinho_e_joao.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/233/33_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/234/34_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/235/35_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/240/036_sorriso.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/241/37_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/242/38_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/243/39_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/244/40_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/245/41_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/246/42_ney.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/247/43_ronaldo_joao_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/248/44_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/249/45_sorriso.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/250/46_sorriso.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/252/47_ronaldo_e_outros.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/253/48_ronaldo_e_outros.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/254/49_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/255/50_katia.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/256/51_katia.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/257/52_flavio_e_laerte.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/258/53_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/259/54_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/264/55_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/265/56_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/266/57_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/268/58_katia.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/269/59_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/270/60_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/271/61_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/272/62_katia.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/273/63_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/275/64_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/276/65_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/277/66_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/278/67_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/279/68_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/280/69_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/281/70_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/282/71_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/283/72_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/284/73_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/289/74_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/290/75_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/291/76_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/292/77__katia.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/294/78_ney.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/295/79_ney.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/296/80_ney.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/302/81_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/303/82_laerte.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/304/83_laerte.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/305/84_laerte.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/306/85_laerte.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/307/86_laerte.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/308/87_sorriso.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/309/88_diretora.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/310/89_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/312/90_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/318/91_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/324/92_sorriso.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/325/93_sorriso.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/326/94_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/327/95_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/328/96_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/329/97_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/330/98_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/331/99_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/332/100_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/333/101_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/336/102_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/345/103_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/349/104_katia.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/355/105_katia.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/352/106_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/353/107_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/356/108_comissao_de_orcamento.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/360/109_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/361/109_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/362/111_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/364/112_katia.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/368/113_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/369/114_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/370/115_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/371/116_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/372/117_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/373/118_katia.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/374/119_sorriso.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/375/120_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/380/121__ronaldo.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/381/122_mesa__diretora.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/382/123_mesa__diretora.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/388/124_flavio.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/389/125_ney.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/391/126_joao__ademar_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/392/127_joao__ademar.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/393/128_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/395/129_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/394/130_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/396/131_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/399/132__katia.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/400/133__katia.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/401/134_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/402/135_letinho.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/403/136_ney.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/404/137_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/405/138_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/406/139_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/407/140_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/408/141_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/409/142_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/410/143_letinho.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/414/144_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/415/145_sorriso.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/416/146_sorriso.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/417/147__katia.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/421/148_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/422/149_legislativo.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/423/150_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/424/151_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/425/152_sorriso.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/426/153_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/427/154_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/428/155_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/429/156_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/430/157_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/435/158_sorriso.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/436/159_sorriso.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/437/160_sorriso.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/438/161_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/439/162_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/440/163_ney__e_calixto.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/441/164_flavio.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/442/165_sorriso.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/450/166_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/451/167_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/452/168_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/453/169_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/454/170_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/455/171_flavio.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/456/172_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/457/173_sorriso.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/458/174_sorriso_e_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/459/175_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/461/176_flavio.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/462/177_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/463/178_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/464/179_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/465/180_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/466/181_flavio.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/495/182_joao.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/511/183_laerte.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/519/184_laerte.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/520/185_laerte.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/521/186_laerte.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/522/187_laerte.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/185/emenda_pl_ordinario_039-2023_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/286/emenda_no_002-2024_plo_007-2024_cam.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/287/emenda_no_003-2024_plo_007-2024_cam.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/300/emenda_no_004-2024_pr_004-2024_cam.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/315/emenda_no_005-2024_pr_007-2024_exec.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/343/emenda_no_006-2024_plo_009-2024_exec.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/397/emenda_no_007-2024_plo_013-2024_exec.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/411/emenda_no_008-2024_plc_008-2024_exec.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/412/emenda_no_009-2024_plc_008-2024_exec.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/413/emenda_no_010-2024_plc_008-2024_exec.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/543/emenda_no_011-2024_plo_017-2024_exec.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/288/redacao_final_plo_007-2024_cam.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/209/razoes_do_veto_-_pl_complementar_no_001-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/549/emenda_impositiva_sorriso.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/550/emenda_impositiva_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/551/emenda_impositiva_flavio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/552/emenda_impositiva_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/553/emenda_impositiva_calixto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/554/emenda_impositiva_katia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/555/emenda_impositiva_laerte.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/556/emenda_impositiva_ney.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/557/emenda_impositiva_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/547/emenda_modificativa_pl_018-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/548/emenda_001-2024_-_projeto_de_lei_complementar__020-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/205/pld_01-2024_mocao_honrosa_dr._luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/206/pld_02-2024_mocao_de_apoio_pec_a_constituicao_estadual.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/251/pld_03-2024_mocao_honrosa_talisson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/260/pld_04-2024_mocao_honrosa_cida_bernardes.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/261/pld_05-2024_mocao_honrosa_joana_darc.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/297/pld_06-2024_mocao_honrosa_dagmar_cardoso.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/301/pld_07-2024_mocao_honrosa_flavio_zagueirao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/311/pld_08-2024_mocao_honrosa_renato_vieira_soares.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/313/pld_09-2024_mocao_honrosa_biologo_pedro_augusto.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/320/pld_010-2024_mocao_honrosa_adriana.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/340/pld_011-2024_mocao_honrosa_ze_graveteiro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/341/pld_012-2024_mocao_honrosa_risilene.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/342/pld_013-2024_mocao_honrosa_sebastiao_aparecido_de_castro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/354/pld_014-2024_mocao_honrosa_beatriz_bastos_braga.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/359/pld_015-2024_aprovacao_das_contas_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/378/pld_016-2024_merito_ambiental_dr._sebastiao_rodrigues_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/379/pld_017-2024_merito_ambiental_marilene_soraggi.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/386/pld_018-2024_mocao_honrosa_rodrigo_-_pagina_os_zarco.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/387/pld_019-2024_mocao_honrosa_ligia_diva.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/398/pld_020-2024_merito_ambiental_geraldo_lo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/467/pld_021-2024_boina_de_ouro_cleber_mendonca.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/468/pld_022-2024_honra_ao_merito_kenia_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/469/pld_023-2024_aprovacao_das_contas_2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/470/pld_024-2024_honra_ao_merito_junia_medeiros.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/471/pld_025-2024_cidadao_honorario_onofre_otoni.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/472/pld_026-2024_honra_ao_merito_luciana_gracieli.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/473/pld_027-2024_cidadao_honorario_pe._samuel_henrique_borges.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/474/pld_028-2024_boina_de_ouro_bruno_ribeiro_de_morais.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/475/pld_029-2024_boina_de_ouro_marlon_acacio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/476/pld_030-2024_honra_ao_merito_sinval_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/477/pld_031-2024_honra_ao_merito_marco_tulio_oliveira_silva_souza.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/496/pld_032-2024_cidadao_honorario_luiz_henrique_sabino.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/479/pld_033-2024_boina_de_ouro_ewerton_dos_reis_ferreira_duarte.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/480/pld_034-2024_cidadao_honorario_tete_diniz.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/481/pld_035-2024_cidada_honoraria_rubia_fernanda_goncalves.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/482/pld_036-2024_cidadao_honorario_gustavo_alves_pereira.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/483/pld_037-2024_cidadao_honorario_pedro_adriano_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/484/pld_038-2024_boina_de_ouro_guilherme_silva_de_mendonca.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/489/pld_039-2024_honra_ao_merito_geraldo_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/485/pld_040-2024_cidadao_honorario_evandro_clementino_soares.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/486/pld_041-2024_mocao_honrosa_arnaldo_vieira.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/487/pld_042-2024_boina_de_ouro_dra_hionara_araujo_pimentel.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/488/pld_043-2024_cidada_honoraria_gabriela_freitas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/490/pld_044-2024_cidadao_honorario_ricardo_avila_de_paiva.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/497/pld_045-2024_honra_ao_merito_farnese_rabelo_amorin_filho.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/492/pld_046-2024_cidadao_honorario_lucas_henrique_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/494/pld_047-2024_honra_ao_merito_ronaldo_goncalves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/499/pld_048-2024_mocao_honrosa_daniela_ap._de_souza.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/500/pld_049-2024_mocao_honrosa_wainny_goncalves_pereira.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/501/pld_050-2024_cidadao_honorario_niltom_vieira_junior.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/502/pld_051-2024_cidadao_honorario_marcio_rezende_santos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/503/pld_052-2024_boina_de_ouro_deliener_rodrigues_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/504/pld_053-2024_honra_ao_merito_renata_ribeiro_mattar.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/505/pld_054-2024_mocao_de_aplausos_dr._wellington_francelli_estevao_rodrigues_roque_2.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/506/pld_055-2024_cidada_honoraria_lucelia_soares_duarte.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/507/pld_056-2024_cidadao_honorario_dr._sergio_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/508/pld_057-2024_honra_ao_merito_daniela_aparecida_de_souza.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/509/pld_058-2024_honra_ao_merito_raquel_cardoso_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/510/pld_059-2024_mocao_honrosa_maria_berto.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/513/pld_060-2024_cidadao_honorario_jose_antonio_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/512/pld_061-2024_boina_de_ouro_geruanderson_soares_leal.docx.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/514/pld_062-2024_honra_ao_merito_julio_celio_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/515/pld_063-2024_mocao_honrosa_marlon_resende_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/516/pld_064-2024_mocao_honrosa_elisabete_dos_santos_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/517/pld_065-2024_mocao_honrosa_osvaldo_lopes.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/518/pld_066-2024_mocao_honrosa_maria_aparecida_medeiros.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/528/pld_067-2024_mocao_honrosa_andreia_gontijo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/529/pld_068-2024_mocao_honrosa_fabiana_medeiros.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/531/pld_069-2024_mocao_honrosa_leonardo_antonio_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/532/pld_070-2024_mocao_honrosa_dra._roseli_rosa.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/536/pld_071-2024_mocao_honrosa_luis_deusdede_da_silva_filho.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/537/pld_072-2024_mocao_honrosa_aparecido_braz.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/538/pld_073-2024_mocao_de_aplausos_ssvp..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/540/pld_074-2024_mocao_de_aplausos_edmar_de_castro..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/541/pld_075-2024_mocao_honrosa_joao_paulo_teixeira_silva_sacramento..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/319/proposta_de_emenda_001_de_2024_-_art._128_xvi_da_lom.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/526/proposta_de_emenda_002_-_art._165_-_emendas_de_bancada.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/186/projeto_de_lei_ordinaria_001-24_revisao_salarial_servidores_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/222/plo_002-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/195/plo_003-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/262/plo_004-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/274/plo_005-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/285/plo_006-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/298/plo_007-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/299/plo_008-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/334/plo_009-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/347/plo_010-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/365/plo_011-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/366/plo_012-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/383/plo_013-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/418/plo_014-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/419/plo_015-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/420/plo_016-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/523/plo_017-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/524/plo_018-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/535/plo_019-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/561/plo_020-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/564/plo_021-2024_exec..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/565/plo_022-2024_exec..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/566/plo_023-2024_exec..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/567/plo_024-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/568/plo_025-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/188/projeto_de_lei_no_003-2024_-_revisao_subsidios.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/219/projeto_de_lei_no_004-2024_-_alteracao_da_lei_3.122_de_2024_b.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/220/projeto_de_lei_no_005-2024_-_dia_municipal_dos_congados_e_reinados.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/263/projeto_de_lei_no_006-2024_-_denominacao_rua_joao_vieira.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/267/projeto_de_lei_no_07-2024_-__proibicao_de_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/316/projeto_de_lei_no_008-2024_-_cordao_de_girassois.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/317/projeto_de_lei_no_009-2024_-_medalha_de_merito_educacional.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/321/projeto_de_lei_no_010-2024_-_politica_municipal_de_atencao_psicossocial_a_comunidade_escolar_de_arcos-mg.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/322/projeto_de_lei_no_011-2024_-_dislexia_e_tdah.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/323/projeto_de_lei_no_012_-_2024_-_denominacao_campo_de_futebol_jesus_garcia.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/337/projeto_de_lei_no_013_-_2024_-_denominacao_ponte_amador_rodrigues_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/338/proejto_de_lei_no_014-2024_-_aumento_do_cargo_de_auxiliar_de_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/344/projeto_de_lei_no_015-2024_-_programa_municipal_contra_a_violencia_domestica_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/346/projeto_de_lei_no_016-2024_-_laudo_permanente_tea_e_sindrome_de_down_b.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/357/projeto_de_lei_no_017_-2024_-_sobras_de_materiais_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/358/projeto_de_lei_no_018_-2024_-_seguranca_ferroviaria.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/377/projeto_de_lei_no_019-2024_-_medalha_de_merito_desportivo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/390/projeto_de_lei_no_020-_2024_-_alteracao_denominacao_parque_da_usina_velha.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_lei_n_021-2024_-_preservacao_de_nascentes.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/493/projeto_de_lei_no_022-2024_-__utilidade_publica_associacao_terno_de_congado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/498/projeto_de_lei_no_023-2024_-_meia-entrada_a_professores.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/527/projeto_de_lei_no_024-2024_-__utilidade_publica_loja_simbolica_fe_e_trabalho.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/533/projeto_de_lei_no_025-_2024_-_denominacao_passarela_carolina_marta_da_silva_veloso.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/539/projeto_de_lei_no_026-2024_-_dia_municipal_da_poesia.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/558/projeto_de_lei_no_027-2024_-_revoga_dispositivos_da_lei_2.962_de_2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/560/projeto_de_lei_no_028-2024_-_honraria_obrigado_servidor.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/223/plc_001-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/224/plc_002-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/225/plc_003-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/236/plc_004-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/237/plc_005-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/238/plc_006-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/239/plc_007-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/314/plc_008-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/335/plc_010-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/348/plc_011-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/367/plc_013-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/384/plc_014-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/385/plc_015-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/431/plc_016-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/432/plc_017-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/433/plc_018-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/434/plc_019-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/444/plc_020-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/445/plc_021-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/446/plc_022-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/447/plc_023-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/448/plc_024-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/449/plc_025-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/525/plc_026-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/545/plc_028-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/546/plc292024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/184/projeto_de_resolucao_no_01-2024_-_regulamentacao_da_lei_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/189/projeto_de_lei_no_003-2024_-_revisao_subsidios.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/221/projeto_de_resolucao_no_03-2024_alteracao_resolucao_894_de_2021_com_organograma.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/293/projeto_de_resolucao_no_04-2024_-_folga_servidores_municipais.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/534/projeto_de_resolucao_no_05-2024_-_jornada_de_trabalho_horas_extras_e_banco_de_horas.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/559/projeto_de_resolucao_no_06-2024_-_altera_a_resolucao_892_e_revoga_a_resolucao_893.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/190/001_sorriso.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/191/002_sorriso.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/192/003_sorriso.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/193/004_sorriso.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/194/005_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/196/006_sorriso.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/197/007_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/198/008_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/199/009_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/200/010_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/201/011_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/202/012_flavio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/203/013_flavio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/204/014_joao_paulo_e_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/207/015_flavio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/208/req._ronaldo_016-2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/210/017_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/211/018_letinho.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/212/019_katia.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/213/020_sorriso.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/214/021_sorriso.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/215/022_sorriso.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/216/023_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/217/024_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/218/025_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/226/26_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/227/27_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/228/28_laerte.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/229/29_laerte.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/230/30_laerte.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/231/31_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/232/32_carlinhos._sorriso__letinho_e_joao.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/233/33_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/234/34_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/235/35_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/240/036_sorriso.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/241/37_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/242/38_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/243/39_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/244/40_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/245/41_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/246/42_ney.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/247/43_ronaldo_joao_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/248/44_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/249/45_sorriso.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/250/46_sorriso.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/252/47_ronaldo_e_outros.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/253/48_ronaldo_e_outros.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/254/49_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/255/50_katia.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/256/51_katia.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/257/52_flavio_e_laerte.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/258/53_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/259/54_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/264/55_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/265/56_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/266/57_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/268/58_katia.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/269/59_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/270/60_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/271/61_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/272/62_katia.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/273/63_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/275/64_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/276/65_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/277/66_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/278/67_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/279/68_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/280/69_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/281/70_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/282/71_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/283/72_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/284/73_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/289/74_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/290/75_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/291/76_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/292/77__katia.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/294/78_ney.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/295/79_ney.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/296/80_ney.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/302/81_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/303/82_laerte.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/304/83_laerte.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/305/84_laerte.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/306/85_laerte.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/307/86_laerte.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/308/87_sorriso.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/309/88_diretora.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/310/89_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/312/90_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/318/91_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/324/92_sorriso.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/325/93_sorriso.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/326/94_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/327/95_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/328/96_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/329/97_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/330/98_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/331/99_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/332/100_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/333/101_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/336/102_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/345/103_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/349/104_katia.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/355/105_katia.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/352/106_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/353/107_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/356/108_comissao_de_orcamento.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/360/109_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/361/109_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/362/111_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/364/112_katia.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/368/113_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/369/114_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/370/115_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/371/116_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/372/117_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/373/118_katia.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/374/119_sorriso.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/375/120_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/380/121__ronaldo.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/381/122_mesa__diretora.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/382/123_mesa__diretora.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/388/124_flavio.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/389/125_ney.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/391/126_joao__ademar_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/392/127_joao__ademar.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/393/128_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/395/129_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/394/130_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/396/131_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/399/132__katia.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/400/133__katia.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/401/134_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/402/135_letinho.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/403/136_ney.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/404/137_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/405/138_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/406/139_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/407/140_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/408/141_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/409/142_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/410/143_letinho.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/414/144_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/415/145_sorriso.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/416/146_sorriso.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/417/147__katia.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/421/148_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/422/149_legislativo.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/423/150_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/424/151_carlinhos.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/425/152_sorriso.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/426/153_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/427/154_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/428/155_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/429/156_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/430/157_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/435/158_sorriso.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/436/159_sorriso.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/437/160_sorriso.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/438/161_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/439/162_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/440/163_ney__e_calixto.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/441/164_flavio.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/442/165_sorriso.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/450/166_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/451/167_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/452/168_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/453/169_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/454/170_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/455/171_flavio.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/456/172_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/457/173_sorriso.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/458/174_sorriso_e_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/459/175_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/461/176_flavio.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/462/177_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/463/178_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/464/179_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/465/180_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/466/181_flavio.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/495/182_joao.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/511/183_laerte.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/519/184_laerte.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/520/185_laerte.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/521/186_laerte.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/522/187_laerte.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/185/emenda_pl_ordinario_039-2023_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/286/emenda_no_002-2024_plo_007-2024_cam.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/287/emenda_no_003-2024_plo_007-2024_cam.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/300/emenda_no_004-2024_pr_004-2024_cam.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/315/emenda_no_005-2024_pr_007-2024_exec.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/343/emenda_no_006-2024_plo_009-2024_exec.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/397/emenda_no_007-2024_plo_013-2024_exec.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/411/emenda_no_008-2024_plc_008-2024_exec.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/412/emenda_no_009-2024_plc_008-2024_exec.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/413/emenda_no_010-2024_plc_008-2024_exec.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/543/emenda_no_011-2024_plo_017-2024_exec.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/288/redacao_final_plo_007-2024_cam.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2024/209/razoes_do_veto_-_pl_complementar_no_001-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H375"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="57.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="173" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="172.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>