--- v0 (2025-10-26)
+++ v1 (2026-03-16)
@@ -10,5147 +10,5944 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3760" uniqueCount="1699">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4360" uniqueCount="1964">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1084</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>EMD</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva</t>
+  </si>
+  <si>
+    <t>Didier</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1084/emenda_impositiva_alex.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa de autoria do Vereador Alex Gracieres Ribeiro sobre o Projeto de Lei Complementar nº 028/2025 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1085</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Carlos</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1085/emenda_impositiva_carlos.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa de autoria do Vereador Carlos David Borges sobre o Projeto de Lei Complementar nº 028/2025 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1086</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Queijinho</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1086/emenda_impositiva_hernane.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa de autoria do Vereador Hernane Honório Dias sobre o Projeto de Lei Complementar nº 028/2025 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>1087</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Jaiane</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1087/emenda_impositiva_jaiane.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa de autoria da Vereadora Jaiane Fátima Soares sobre o Projeto de Lei Complementar nº 028/2025 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1088</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Joãozinho</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1088/emenda_impositiva_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa de autoria do Vereador João Paulo Ferreira sobre o Projeto de Lei Complementar nº 028/2025 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Genorinho</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1089/emenda_impositiva_jose_agenor.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa de autoria do Vereador José Agenor da Silva sobre o Projeto de Lei Complementar nº 028/2025 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1090</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Kátia</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1090/emenda_impositiva_katia.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa de autoria da Vereadora Kátia Mateus de Moura Sousa sobre o Projeto de Lei Complementar nº 028/2025 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1091</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Leslie</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1091/emenda_impositiva_leslie.pdf</t>
+  </si>
+  <si>
+    <t>Modificativa de autoria da Vereadora Leslie Mariana Silva Costa sobre o Projeto de Lei Complementar nº 028/2025 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>1092</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Orlando</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1092/emenda_impositiva_orlando.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa de autoria do Vereador Orlando Martins Ferreira sobre o Projeto de Lei Complementar nº 028/2025 de autoria do Chefe do Poder Executivo Municipal que: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>582</t>
   </si>
   <si>
-    <t>2025</t>
-[...4 lines deleted...]
-  <si>
     <t>EPL</t>
   </si>
   <si>
     <t>Emendas a Projeto de Lei</t>
   </si>
   <si>
     <t>Wellington Francelli Estevão Rodrigues Roque</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/582/emendas_plo_008-2025_1.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/582/emendas_plo_008-2025_1.pdf</t>
   </si>
   <si>
     <t>EMENDAS MODIFICATIVAS AO PROJETO DE LEI ORDINÁRIA Nº 008-2025 DO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/</t>
+    <t>http://sapl.arcos.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Emendas Modificativas ao Projeto de Lei Ordinária nº 008/2025, de autoria do Executivo Municipal.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/741/emendas_modificativas_plo_015-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/741/emendas_modificativas_plo_015-2025.pdf</t>
   </si>
   <si>
     <t>Emendas Modificativas ao Projeto de Lei Ordinária nº 015-2025, de autoria do Executivo Municipal.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/803/emenda_plc_016-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/803/emenda_plc_016-2025.pdf</t>
   </si>
   <si>
     <t>Emenda Supressiva ao Projeto de Lei Complementar nº 016/2025 de autoria do Executivo Municipal que AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Joãozinho</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/601/indicacao_01_joaozinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/601/indicacao_01_joaozinho.pdf</t>
   </si>
   <si>
     <t>Estudo Técnico para análise de viabilidade de “junção” das pontes do Bairro Olaria.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>Carlos</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao_02_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao_02_carlos.pdf</t>
   </si>
   <si>
     <t>Estudo técnico para análise de viabilidade de construção de ponte sobre o Rio dos Arcos .</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_03_joaozinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_03_joaozinho.pdf</t>
   </si>
   <si>
     <t>Implementação de legislação específica para organização e planejamento da limpeza urbana em Arcos.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/617/indicacao_04_joaozinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/617/indicacao_04_joaozinho.pdf</t>
   </si>
   <si>
     <t>Implementação de melhorias para os servidores públicos municipais.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>5</t>
-[...5 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/618/indicacao_05_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/618/indicacao_05_alex.pdf</t>
   </si>
   <si>
     <t>Pagamento de Adicional de insalubridade para profissionais contratados da área da saúde</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/619/indicacao_06_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/619/indicacao_06_alex.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade acerca da contratação de equipe de segurança para o Hospital Municipal São José</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/635/indicacao_07_joaozinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/635/indicacao_07_joaozinho.pdf</t>
   </si>
   <si>
     <t>Estudo e mapeamento das atividades insalubres desenvolvidas pelos servidores públicos do município de Arcos</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/647/indicacao_08_joaozinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/647/indicacao_08_joaozinho.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade de regulamentação de novo ponto de ônibus e instalação de abrigo para passageiros</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>9</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/657/indicacao_09_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/657/indicacao_09_carlos.pdf</t>
   </si>
   <si>
     <t>Sugestão de Denominação Pública da Creche do Bairro Floresta</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/658/indicacao_10_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/658/indicacao_10_alex.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade de instituição de “Vale-Gás” aos servidores públicos municipais de Arcos/MG.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/664/indicacao_11_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/664/indicacao_11_alex.pdf</t>
   </si>
   <si>
     <t>Estudo técnico para análise de viabilidade de implantação de mais guarda corpos na Ponte do Bairro Niterói.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>Kátia</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/676/indicacao_12_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/676/indicacao_12_katia.pdf</t>
   </si>
   <si>
     <t>Estudo técnico e adequações quanto ao percentual de adicional de insalubridade e de periculosidade pago a servidores municipais</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/677/indicacao_13_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/677/indicacao_13_katia.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade implantação de lei que torna obrigatório o Executivo disponibilizar exames periódicos para os servidores municipais.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/681/indicacao_14_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/681/indicacao_14_katia.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade de implantação de lei que estabelece o mínimo de horas-aula de Educação Física nas escolas e os requisitos para ministrar a disciplina.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/680/indicacao_15_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/680/indicacao_15_carlos.pdf</t>
   </si>
   <si>
     <t>Alteração da legislação que dispõe sobre o cargo de Motorista da Área da Saúde.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/688/indicacao_16_joaozinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/688/indicacao_16_joaozinho.pdf</t>
   </si>
   <si>
     <t>Chamamento Público para serviços de mototáxi e motofrete.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/697/indicacao_17_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/697/indicacao_17_alex.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade acerca da implantação de um horário adicional na escala de plantão dos profissionais do Hospital Municipal São José</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_18_joaozinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_18_joaozinho.pdf</t>
   </si>
   <si>
     <t>Estudo Técnico para mudança de local e remoção parcial de redutores de velocidade</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_19_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_19_katia.pdf</t>
   </si>
   <si>
     <t>Estudo técnico acerca da viabilidade de realizar o “alargamento” de estradas rurais.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_20_joaozinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_20_joaozinho.pdf</t>
   </si>
   <si>
     <t>Alteração de legislação em prol dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_21_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_21_alex.pdf</t>
   </si>
   <si>
     <t>Implementação de legislação que disponha sobre o Estatuto de Defesa, Controle e Proteção dos Animais no Município de Arcos/MG.</t>
   </si>
   <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_22_alex.pdf</t>
+  </si>
+  <si>
+    <t>Estudo de viabilidade de instituição do “Atestado Responsável” no âmbito da Administração Pública Municipal de Arcos/MG.</t>
+  </si>
+  <si>
+    <t>1114</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1114/indicacao_23_alex.pdf</t>
+  </si>
+  <si>
+    <t>Estudo de viabilidade de instituição do incentivo financeiro adicional destinado aos Agentes de Combate às Endemias (ACE) e aos Agentes Comunitários de Saúde (ACS) de Arcos/MG.</t>
+  </si>
+  <si>
+    <t>1116</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1116/indicacao_24_joaozinho.pdf</t>
+  </si>
+  <si>
+    <t>Estudo de viabilidade de instituição do Programa Integrado de Inclusão Produtiva e Empreendedora – PIIPE no Município de Arcos/MG.</t>
+  </si>
+  <si>
     <t>678</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>Genorinho</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/678/projeto_de_decreto_legislativo_01-2025__-_mocao_honrosa_therezinha_correa.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/678/projeto_de_decreto_legislativo_01-2025__-_mocao_honrosa_therezinha_correa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA À SRA. THEREZINHA SOARES CORRÊA.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>Queijinho</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/762/projeto_de_decreto_legislativo_02-2025_cidadao_honorario_lucas_vieira.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/762/projeto_de_decreto_legislativo_02-2025_cidadao_honorario_lucas_vieira.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. LUCAS VIEIRA LOPES.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/784/projeto_de_decreto_legislativo_03-2025_cidada_honoraria_carol_caram.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/784/projeto_de_decreto_legislativo_03-2025_cidada_honoraria_carol_caram.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À DEPUTADA ESTADUAL ANA CAROLINA PINTO CARAM GUIMARÃES.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>Leslie</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/828/projeto_de_decreto_legislativo_04-2025_boina_de_ouro_tenente_rhuan_arantes.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/828/projeto_de_decreto_legislativo_04-2025_boina_de_ouro_tenente_rhuan_arantes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO “BOINA DE OURO” AO TENENTE RHUAN ARANTES DA CUNHA.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>Jaiane</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/834/projeto_de_decreto_legislativo_05-2025_cidada_honoraria_dra._rosita_otoni_pimenta.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/834/projeto_de_decreto_legislativo_05-2025_cidada_honoraria_dra._rosita_otoni_pimenta.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À DRA. ROSITA OTONI PIMENTA DE FIGUEIREDO TABET.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/851/projeto_de_decreto_legislativo_06-2025__-_mocao_honrosa_ronaldo_goncalves_de_oliveira.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/851/projeto_de_decreto_legislativo_06-2025__-_mocao_honrosa_ronaldo_goncalves_de_oliveira.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO SR. RONALDO GONÇALVES DE OLIVEIRA – VICE-PREFEITO DE ARCOS/MG</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>Kátia, Queijinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_decreto_legislativo_07-2025__-_mocao_honrosa_basquetebol_feminino.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_decreto_legislativo_07-2025__-_mocao_honrosa_basquetebol_feminino.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Moção de Aplausos às Atletas do Time de Basquetebol do Instituto  Educacional Maria Aparecida  Ribeiro (IEMAR), à Treinadora e  à Diretora da Escola</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/885/projeto_de_decreto_legislativo_08-2025__-_mocao_honrosa_ismeraldino_beirigo_da_silva.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/885/projeto_de_decreto_legislativo_08-2025__-_mocao_honrosa_ismeraldino_beirigo_da_silva.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO HONROSA AO SR. ISMERALDINO BEIRIGO DA SILVA.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_decreto_legislativo_09-2025__-_mocao_de_aplausos_grupo_guerreiros_da_arte.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_decreto_legislativo_09-2025__-_mocao_de_aplausos_grupo_guerreiros_da_arte.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO DE APLAUSOS AOS INTEGRANTES DO GRUPO TEATRAL “GUERREIROS DA ARTE” DE ARCOS/MG.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/901/projeto_de_decreto_legislativo_010-2025_honra_ao_merito_toninho_claret.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/901/projeto_de_decreto_legislativo_010-2025_honra_ao_merito_toninho_claret.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR. ANTÔNIO CLARET DOS SANTOS.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/910/projeto_de_decreto_legislativo_011-2025_honra_ao_merito_clesio_rodrigues_dos_santos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/910/projeto_de_decreto_legislativo_011-2025_honra_ao_merito_clesio_rodrigues_dos_santos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR. CLÉSIO RODRIGUES DOS SANTOS.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_decreto_legislativo_012-2025_honraria_amor_por_4_patas_-_ernestina.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_decreto_legislativo_012-2025_honraria_amor_por_4_patas_-_ernestina.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA HONRARIA “AMOR POR 4 PATAS” À SRA. ERNESTINA VIEIRA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/931/projeto_de_decreto_legislativo_013-2025_medalha_maria_dos_reis_-_geraldo_adriano_da_silva.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/931/projeto_de_decreto_legislativo_013-2025_medalha_maria_dos_reis_-_geraldo_adriano_da_silva.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA “MEDALHA DE MÉRITO EDUCACIONAL MARIA  DOS REIS DA SILVA” AO SR. GERALDO ADRIANO DA SILVA.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>Orlando</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/932/projeto_de_decreto_legislativo_014-2025_medalha_maria_dos_reis_-_irani_aparecida_de_oliveira_miranda.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/932/projeto_de_decreto_legislativo_014-2025_medalha_maria_dos_reis_-_irani_aparecida_de_oliveira_miranda.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA “MEDALHA DE MÉRITO EDUCACIONAL MARIA DOS REIS DA SILVA” À SRA. IRANI APARECIDA DE OLIVEIRA MIRANDA</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/933/projeto_de_decreto_legislativo_015-2025_honraria_amor_por_4_patas_-_xenia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/933/projeto_de_decreto_legislativo_015-2025_honraria_amor_por_4_patas_-_xenia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA HONRARIA “AMOR POR 4 PATAS” À SRA.  XÊNIA TEIXEIRA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/934/projeto_de_decreto_legislativo_016-2025__-_mocao_de_aplausos_pacientes_da_hemodialise.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/934/projeto_de_decreto_legislativo_016-2025__-_mocao_de_aplausos_pacientes_da_hemodialise.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Moção de Aplausos aos Pacientes do Município de Arcos que atualmente realizam o tratamento de hemodiálise.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_decreto_legislativo_017-2025_medalha_maria_dos_reis_-_ana_claudia_thomazini.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_decreto_legislativo_017-2025_medalha_maria_dos_reis_-_ana_claudia_thomazini.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA  “MEDALHA DE MÉRITO EDUCACIONAL MARIA DOS REIS DA SILVA” À SRA. ANA CLÁUDIA DA SILVA THOMAZINI.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/936/projeto_de_decreto_legislativo_018-2025_medalha_maria_dos_reis_-juscelina_francisca_vidal.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/936/projeto_de_decreto_legislativo_018-2025_medalha_maria_dos_reis_-juscelina_francisca_vidal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA “MEDALHA DE MÉRITO EDUCACIONAL MARIA DOS REIS DA SILVA” À SRA. JUSCELINA FRANCISCA VIDAL.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/937/projeto_de_decreto_legislativo_019-2025_medalha_maria_dos_reis_-_maria_aparecida_alves.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/937/projeto_de_decreto_legislativo_019-2025_medalha_maria_dos_reis_-_maria_aparecida_alves.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA “MEDALHA DE MÉRITO EDUCACIONAL MARIA DOS REIS DA SILVA” À SRA. MARIA APARECIDA ALVES.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_decreto_legislativo_020-2025_honraria_amor_por_4_patas_-_lucrecia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_decreto_legislativo_020-2025_honraria_amor_por_4_patas_-_lucrecia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA HONRARIA “AMOR POR 4 PATAS” À SRA. LUCRÉCIA FORTUNATO VIEIRA DE VASCONCELOS.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/939/projeto_de_decreto_legislativo_021-2025_honraria_amor_por_4_patas_-_maria_romilda.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/939/projeto_de_decreto_legislativo_021-2025_honraria_amor_por_4_patas_-_maria_romilda.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA HONRARIA “AMOR POR 4 PATAS” À SRA. MARIA ROMILDA DA SILVA.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>22</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/940/projeto_de_decreto_legislativo_022-2025_honraria_amor_por_4_patas_-_genoveva.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/940/projeto_de_decreto_legislativo_022-2025_honraria_amor_por_4_patas_-_genoveva.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA HONRARIA “AMOR POR 4 PATAS” À SRA. GENOVEVA APARECIDA MOREIRA.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>23</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/941/projeto_de_decreto_legislativo_023-2025_honraria_amor_por_4_patas_-_lucimar.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/941/projeto_de_decreto_legislativo_023-2025_honraria_amor_por_4_patas_-_lucimar.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA HONRARIA “AMOR POR 4 PATAS” À SRA. LUCIMAR AURELIANO DE MELO.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>24</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/946/projeto_de_decreto_legislativo_024-2025_medalha_maria_dos_reis_-_vania_longobardi.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/946/projeto_de_decreto_legislativo_024-2025_medalha_maria_dos_reis_-_vania_longobardi.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA “MEDALHA DE MÉRITO EDUCACIONAL MARIA DOS REIS DA SILVA” À SRA. VÂNIA ALVES FERNANDES LONGOBARDI.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/947/projeto_de_decreto_legislativo_025-2025_honraria_amor_por_4_patas_-_vanderlei_gavaaa.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/947/projeto_de_decreto_legislativo_025-2025_honraria_amor_por_4_patas_-_vanderlei_gavaaa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA HONRARIA “AMOR POR 4 PATAS” AO SR. VANDERLEI DE ALMEIDA LOPES.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/953/projeto_de_decreto_legislativo_026-2025_medalha_maria_dos_reis_-_francielle_alves.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/953/projeto_de_decreto_legislativo_026-2025_medalha_maria_dos_reis_-_francielle_alves.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA “MEDALHA DE MÉRITO EDUCACIONAL MARIA DOS REIS DA SILVA” À SRA. FRANCIELLE FERREIRA SILVA ALVES.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/954/projeto_de_decreto_legislativo_027-2025_honraria_amor_por_4_patas_-_marilene_soraggi.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/954/projeto_de_decreto_legislativo_027-2025_honraria_amor_por_4_patas_-_marilene_soraggi.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA HONRARIA “AMOR POR 4 PATAS” À SRA. MARILENE DE FARIA SORAGGI.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_de_decreto_legislativo_028-2025__-_mocao_de_aplausos_coordenadores_do_ejc.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_de_decreto_legislativo_028-2025__-_mocao_de_aplausos_coordenadores_do_ejc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Moção de Aplausos aos Coordenadores do Movimento EJC (Encontro de Jovens com Cristo) do Município de Arcos.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_decreto_legislativo_029-2025__-_mocao_de_honrosa_regentes_de_fanfarras.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_decreto_legislativo_029-2025__-_mocao_de_honrosa_regentes_de_fanfarras.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Moção Honrosa aos Regentes de Fanfarras do Arcos/MG.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_decreto_legislativo_030-2025__-_mocao_de_aplausos_atleta_ricardo_handi.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_decreto_legislativo_030-2025__-_mocao_de_aplausos_atleta_ricardo_handi.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Moção de Aplausos ao Atleta Ricardo Handi Santos</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_decreto_legislativo_031-2025_medalha_maria_dos_reis-_antonio_campos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_decreto_legislativo_031-2025_medalha_maria_dos_reis-_antonio_campos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA “MEDALHA DE MÉRITO EDUCACIONAL MARIA DOS REIS DA SILVA” AO SR. ANTÔNIO DA SILVA CAMPOS.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_decreto_legislativo_032-2025_medalha_maria_dos_reis-_edna_barbosa.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_decreto_legislativo_032-2025_medalha_maria_dos_reis-_edna_barbosa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA “MEDALHA DE MÉRITO EDUCACIONAL MARIA DOS REIS DA SILVA” À SRA. EDNA APARECIDA BARBOSA E SILVA.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/975/projeto_de_decreto_legislativo_033-2025_honraria_amor_por_4_patas_-_romilda_ramos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/975/projeto_de_decreto_legislativo_033-2025_honraria_amor_por_4_patas_-_romilda_ramos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA HONRARIA “AMOR POR 4 PATAS” À SRA. ROMILDA MARIA RAMOS DA SILVA.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/976/projeto_de_decreto_legislativo_034-2025_honraria_obrigado_servidor_-_aposentados.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/976/projeto_de_decreto_legislativo_034-2025_honraria_obrigado_servidor_-_aposentados.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA HONRARIA “OBRIGADO SERVIDOR” AOS SERVIDORES PÚBLICOS MUNICIPAIS QUE MENCIONA.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/977/projeto_de_decreto_legislativo_035-2025_cidada_honoraria_greyce_elias.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/977/projeto_de_decreto_legislativo_035-2025_cidada_honoraria_greyce_elias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À DEPUTADA FEDERAL GREYCE DE QUEIROZ ELIAS.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/990/projeto_de_decreto_legislativo_036-2025__-_mocao_honrosa_donizete_antonio_da_silva.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/990/projeto_de_decreto_legislativo_036-2025__-_mocao_honrosa_donizete_antonio_da_silva.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Moção Honrosa ao Sr. Donizete Antônio da Silva.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/991/projeto_de_decreto_legislativo_037-2025_honra_ao_merito_adriana_de_castro_neves.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/991/projeto_de_decreto_legislativo_037-2025_honra_ao_merito_adriana_de_castro_neves.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” À SRA. ADRIANA DE CASTRO NEVES.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1009/projeto_de_decreto_legislativo_038-2025_honra_ao_merito_dr._luciano_carvalho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1009/projeto_de_decreto_legislativo_038-2025_honra_ao_merito_dr._luciano_carvalho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO DR. LUCIANO DOS SANTOS CARVALHO.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1010/projeto_de_decreto_legislativo_039-2025_honra_ao_merito_dra._daniella_ribeiro.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1010/projeto_de_decreto_legislativo_039-2025_honra_ao_merito_dra._daniella_ribeiro.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” À DRA. DANIELLA RIBEIRO TEIXEIRA.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1012/projeto_de_decreto_legislativo_040-2025_cidada_honoraria_edna_maria_de_paula.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1012/projeto_de_decreto_legislativo_040-2025_cidada_honoraria_edna_maria_de_paula.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À SRA. EDNA MARIA ELIAS DE PAULA.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1013/projeto_de_decreto_legislativo_041-2025_cidadao_honorario_jeremias_goncalves.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1013/projeto_de_decreto_legislativo_041-2025_cidadao_honorario_jeremias_goncalves.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. JEREMIAS GONÇALVES DOS SANTOS</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/projeto_de_decreto_legislativo_042-2025_honra_ao_merito_noe_brito.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/projeto_de_decreto_legislativo_042-2025_honra_ao_merito_noe_brito.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR. JOSÉ NOÉ BRITO.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/projeto_de_decreto_legislativo_043-2025_cidada_honoraria_luciene_geralda_leao_soares.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/projeto_de_decreto_legislativo_043-2025_cidada_honoraria_luciene_geralda_leao_soares.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À SRA. LUCIENE GERALDA LEÃO SOARES.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/projeto_de_decreto_legislativo_044-2025_honra_ao_merito_robison_rone_pimentel.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/projeto_de_decreto_legislativo_044-2025_honra_ao_merito_robison_rone_pimentel.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. ROBISON RONE PIMENTEL</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_decreto_legislativo_045-2025_honra_ao_merito_jose_mauricio_patrola.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_decreto_legislativo_045-2025_honra_ao_merito_jose_mauricio_patrola.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR. JOSÉ MAURÍCIO DA SILVA</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/projeto_de_decreto_legislativo_046-2025__-_honra_ao_merito_marley_assuncao.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/projeto_de_decreto_legislativo_046-2025__-_honra_ao_merito_marley_assuncao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. MARLEY FERREIRA DE ASSUNÇÃO.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1027/projeto_de_decreto_legislativo_047-2025__-_mocao_honrosa_sandro_contins.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1027/projeto_de_decreto_legislativo_047-2025__-_mocao_honrosa_sandro_contins.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE MOÇÃO DE HONROSA AO ATLETA SANDRO CONTINS DA SILVA.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_decreto_legislativo_048-2025__-_cidada_honoraria_clemencia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_decreto_legislativo_048-2025__-_cidada_honoraria_clemencia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À SRA. CLEMÊNCIA ALVES SANTOS</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1032/projeto_de_decreto_legislativo_049-2025_cidadao_honorario_dr._tales_lamas.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1032/projeto_de_decreto_legislativo_049-2025_cidadao_honorario_dr._tales_lamas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO DR. TALES LOPES LAMAS.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1039/projeto_de_decreto_legislativo_050-2025__-_cidada_honoraria_zalfa_minucci.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1039/projeto_de_decreto_legislativo_050-2025__-_cidada_honoraria_zalfa_minucci.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À SRA. ZALFA MINUCCI GUIMARÃES.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1038/projeto_de_decreto_legislativo_051-2025__-_cidadao_honorario_carmo_dos_reis.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1038/projeto_de_decreto_legislativo_051-2025__-_cidadao_honorario_carmo_dos_reis.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. CARMO DOS REIS ALMEIDA.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1033/projeto_de_decreto_legislativo_052-2025__-_honra_ao_merito_geraldo_moura.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1033/projeto_de_decreto_legislativo_052-2025__-_honra_ao_merito_geraldo_moura.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR. GERALDO APARECIDO DE MOURA.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>CFOTC - Comissão de Finanças, Orçamento e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1034/projeto_de_decreto_legislativo_053-2025_aprovacao_das_contas_2021.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1034/projeto_de_decreto_legislativo_053-2025_aprovacao_das_contas_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a apreciação das Contas do Poder Executivo Municipal de Arcos - MG, relativo ao Exercício Financeiro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1035/projeto_de_decreto_legislativo_054-2025__-_cidadao_honorario_alexandre_salviano.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1035/projeto_de_decreto_legislativo_054-2025__-_cidadao_honorario_alexandre_salviano.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO HONORÁRIO” AO SR. ALEXANDRE MELO SALVIANO</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Carlos, Joãozinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1036/projeto_de_decreto_legislativo_055-2025__-_mocao_honrosa_miss_infantil_alice_narciso.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1036/projeto_de_decreto_legislativo_055-2025__-_mocao_honrosa_miss_infantil_alice_narciso.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Moção Honrosa à Alice Narciso Silveira</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1040/projeto_de_decreto_legislativo_056-2025__-_cidada_honoraria_rosana_aparecida_costa_e_carvalho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1040/projeto_de_decreto_legislativo_056-2025__-_cidada_honoraria_rosana_aparecida_costa_e_carvalho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À SRA. ROSANA APARECIDA COSTA E CARVALHO.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1041/projeto_de_decreto_legislativo_057-2025__-_honra_ao_merito_rogerio_rosa_ferreira.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1041/projeto_de_decreto_legislativo_057-2025__-_honra_ao_merito_rogerio_rosa_ferreira.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR. ROGÉRIO ROSA FERREIRA.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Carlos, Didier, Genorinho, Jaiane, Joãozinho, Kátia, Leslie, Orlando, Queijinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1042/projeto_de_decreto_legislativo_058-2025__-_honra_ao_merito_giovana_paula_rodrigues.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1042/projeto_de_decreto_legislativo_058-2025__-_honra_ao_merito_giovana_paula_rodrigues.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” À SRA. GIOVANA PAULA RODRIGUES.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_decreto_legislativo_059-2025__-_honra_ao_merito_lucas_sousa_macedo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_decreto_legislativo_059-2025__-_honra_ao_merito_lucas_sousa_macedo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SR. LUCAS DE SOUSA MACEDO.</t>
   </si>
   <si>
+    <t>1045</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1045/projeto_de_decreto_legislativo_060-2025_cidada_honoraria_marinalva_gomes.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ HONORÁRIA” À SRA. MARINALVA GOMES DE OLIVEIRA ALVES FRANCISCO.</t>
+  </si>
+  <si>
+    <t>1074</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1074/projeto_de_decreto_legislativo_061-2025__-_mocao_de_aplausos_leandro_cleber_ribeiro.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de Moção de Aplausos ao Sr. Leandro Cleber Ribeiro</t>
+  </si>
+  <si>
     <t>584</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/584/proposta_de_emenda_a_lei_organica_no_001-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/584/proposta_de_emenda_a_lei_organica_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Orgânica do Município de Arcos.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/594/proposta_de_emenda_002_de_2025_-_revoga_o__4o_do_art._24.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/594/proposta_de_emenda_002_de_2025_-_revoga_o__4o_do_art._24.pdf</t>
   </si>
   <si>
     <t>REVOGA O § 4º DO ARTIGO 24 DA LEI ORGÂNICA MUNICIPAL DE ARCOS/MG.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/724/proposta_de_emenda_a_lei_organica_no_003-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/724/proposta_de_emenda_a_lei_organica_no_003-2025.pdf</t>
   </si>
   <si>
     <t>Revoga dispositivo da Lei Orgânica do Município de Arcos.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/816/proposta_de_emenda_004_de_2025_-_revoga_os__9o_e_15_do_art._165.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/816/proposta_de_emenda_004_de_2025_-_revoga_os__9o_e_15_do_art._165.pdf</t>
   </si>
   <si>
     <t>REVOGA OS §§ 9º E 15 DO ARTIGO 165 DA  LEI ORGÂNICA MUNICIPAL DE ARCOS/MG.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>Didier, Jaiane, Joãozinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/proposta_de_emenda_005_de_2025_-_altera_o_art._165.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/proposta_de_emenda_005_de_2025_-_altera_o_art._165.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 165 DA LEI ORGÂNICA DE ARCOS/MG.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/570/plo_001_-_2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/570/plo_001_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos valores dos vencimentos dos servidores públicos municipais de Arcos e dá outras providências</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/574/plo_002-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/574/plo_002-2025.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA O REGIME DE EMPREGO PÚBLICO DO PESSOAL DA ADMINISTRAÇÃO MUNICIPAL DIRETA E FUNDACIONAL.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/575/plo_003-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/575/plo_003-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI ORGÂNICA DO MUNICÍPIO DE ARCOS</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/576/plo_004-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/576/plo_004-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÕES NO EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/577/plo_005-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/577/plo_005-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE SUBVENÇÕES NO EXERCÍCIO DE 2025 ÀS ENTIDADES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/578/plo_006-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/578/plo_006-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUXÍLIOS NO EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/579/plo_007-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/579/plo_007-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO ONEROSA DO USO DE ESPAÇO PÚBLICO, PARA EXPLORAÇÃO DE SERVIÇOS DE LANCHONETE E SIMILARES, NOS QUIOSQUES LOCALIZADOS NAS DEPENDÊNCIAS DE BENS PÚBLICOS DE USO ESPECÍFICO PARA O LAZER DO MUNICÍPIO DE ARCOS/MG E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/580/plo_008-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/580/plo_008-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DAS LEIS MUNICIPAIS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/581/plo_009-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/581/plo_009-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO TEMPORÁRIA DE SERVIDOR MUNICIPAL A OUTRO ÓRGÃO OU ENTIDADE DOS PODERES DA UNIÃO, DOS ESTADOS, DO DISTRITO FEDERAL E DOS MUNICÍPIOS, ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº. 3.066/2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/620/plo_010-2025_substitutivo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/620/plo_010-2025_substitutivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Arcos-MG a promover a concessão de uso de cadeira de rodas à Sociedade de Apoio ao paciente com Câncer de Arcos-MG e dá outras providências.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/622/plo_011-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/622/plo_011-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NAS LEIS MUNICIPAIS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/665/plo_012-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/665/plo_012-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA PARCIALMENTE O ANEXO ÚNICO DA LEI MUNICIPAL Nº 2.836, DE 27 DE JUNHO DE 2.017 QUE MENCIONA.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/693/plo_013-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/693/plo_013-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Gratificação da Comissão Permanente de Avaliação de Bens Imóveis para fins de Imposto de Transmissão de Bens Imóveis - ITBI e dá outras providências.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/694/plo_014-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/694/plo_014-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Gratificação de Produtividade Fiscal - GPF aos servidores ocupantes do cargo de fiscal de tributação municipal, no âmbito do município de Arcos e dá outras providências.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/718/plo_015-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/718/plo_015-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI ORDINÁRIA Nº 3.104, DE 16 DE OUTUBRO DE 2023.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/740/plo_016-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/740/plo_016-2025.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE HABITAÇÃO DE ARCOS/MG E DISPÕE SOBRE O FUNDO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/783/plo__017-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/783/plo__017-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUXÍLIOS NO EXERCÍCIO DE 2025.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/808/plo_018-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/808/plo_018-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O INGRESSO DO MUNICÍPIO DE ARCOS NO CONSÓRCIO REGIONAL DE SANEAMENTO BÁSICO – CONSANE, RATIFICA O 1º TERMO ADITIVO DO CONTRATO DE CONSÓRCIO DO CONSANE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/843/plo_019-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/843/plo_019-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI ORDINÁRIA Nº 3.008 DE 08 DE NOVEMBRO DE 2.021 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/916/plo_020-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/916/plo_020-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI ORDINÁRIA Nº 3080 DE 19 DE ABRIL DE 2023</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/972/plo_021-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/972/plo_021-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER SUPORTE INSTITUCIONAL E FINANCEIRO ÀS FAMÍLIAS BENEFICIÁRIAS DO PROGRAMA MINHA CASA MINHA VIDA - MODALIDADE RURAL, NOS TERMOS DA POLÍTICA DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/984/plo_022-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/984/plo_022-2025.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O PARÁGRAFO ÚNICO AO ARTIGO 6º DA LEI MUNICIPAL ORDINÁRIA Nº 3.021/2022, QUE DISPÕE SOBRE A CONCESSÃO DE CESTA NATALINA AOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/plo_023-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/plo_023-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.160 DE DE 25 DE NOVEMBRO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1043/plo_024-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1043/plo_024-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACOMPANHAMENTO, REGISTRO E FISCALIZAÇÃO DA EXPLORAÇÃO DE RECURSOS MINERAIS, INCLUSIVE OS DIREITOS DE PESQUISAS NO TERRITÓRIO DO MUNICÍPIO DE ARCOS/MG, CONFORME PREVISÃO NO ART. 23, XI, DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1102</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1102/plo_025-2025.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA OS PODERES EXECUTIVO E LEGISLATIVO MUNICIPAIS A CONCEDER O ABONO PECUNIÁRIO NATALINO AOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRA PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1115</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1115/plo_026-2025.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI ORDINÁRIA Nº 3038, DE 01 DE AGOSTO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>1117</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1117/plo_027-2025.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA MUNICIPAL DE DISTRIBUIÇÃO DE DIETAS ESPECIAIS/ENTERAIS, DE ACORDO COM O PROTOCOLO MUNICIPAL DE ATENDIMENTO ÀS PESSOAS PORTADORAS DE NECESSIDADES ESPECIAIS, EM ALIMENTAÇÃO E  NUTRIÇÃO, NO MUNICÍPIO DE ARCOS.</t>
+  </si>
+  <si>
+    <t>1118</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1118/plo_028-2025.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVOS DAS LEI MUNICIPAL Nº 2.232, DE 10 DE JULHO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1119</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1119/plo_029-2025.pdf</t>
+  </si>
+  <si>
+    <t>DÁ DENOMINAÇÃO A LOGRADOURO PÚBLICO.</t>
+  </si>
+  <si>
     <t>572</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_no_001-2025_-_reajuste_dos_servidores_da_camara.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_no_001-2025_-_reajuste_dos_servidores_da_camara.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE SALARIAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE ARCOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_no_002-2025_dia_municipal_da_lingua_de_sinais_-_libras.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_no_002-2025_dia_municipal_da_lingua_de_sinais_-_libras.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 2.836/17 PARA INSTITUIR O DIA MUNICIPAL DA LÍNGUA BRASILEIRA DE SINAIS – LIBRAS NO MUNICÍPIO DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/616/projeto_de_lei_no_003-2025_-_politica_dos_direitos_animais.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/616/projeto_de_lei_no_003-2025_-_politica_dos_direitos_animais.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE PROTEÇÃO E ATENDIMENTO AOS DIREITOS ANIMAIS.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/628/projeto_de_lei_no_004-2025_-_programa_municipal_de_prevencao_e_controle_do_diabetes_nas_criancas_e_adolescentes.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/628/projeto_de_lei_no_004-2025_-_programa_municipal_de_prevencao_e_controle_do_diabetes_nas_criancas_e_adolescentes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA MUNICIPAL DE PREVENÇÃO E CONTROLE DO DIABETES NAS CRIANÇAS E ADOLESCENTES MATRICULADOS NAS CRECHES E ESCOLAS DA REDE PÚBLICA MUNICIPAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>Didier, Jaiane</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_lei_no_005-2025_-_honraria_amor_de_4_patas.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_lei_no_005-2025_-_honraria_amor_de_4_patas.pdf</t>
   </si>
   <si>
     <t>INSTITUI A HONRARIA “AMOR POR 4 PATAS” NO MUNICÍPIO DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_de_lei_no_006-2025_-_acompanhante_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_de_lei_no_006-2025_-_acompanhante_-_leslie.pdf</t>
   </si>
   <si>
     <t>ASSEGURA À MULHER O DIREITO DE SER ACOMPANHADA POR PESSOA DE SUA ESCOLHA EM CONSULTAS E EXAMES, INCLUSIVE GINECOLÓGICOS, NOS ESTABELECIMENTOS PÚBLICOS E PRIVADOS DE SAÚDE DO MUNICÍPIO DE ARCOS/MG.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_lei_no_007-2025_-_campanha_municipal_coracao_de_mulher.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_lei_no_007-2025_-_campanha_municipal_coracao_de_mulher.pdf</t>
   </si>
   <si>
     <t>INSTITUI A “CAMPANHA MUNICIPAL CORAÇÃO DE MULHER” NO ÂMBITO DE ARCOS/MG</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_no_008-2025_-_lei_lucas.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_no_008-2025_-_lei_lucas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A “LEI LUCAS” NO MUNICÍPIO DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/687/projeto_de_lei_no_009-2025_-_exames_oftamologicos_aos_alunos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/687/projeto_de_lei_no_009-2025_-_exames_oftamologicos_aos_alunos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA REALIZAÇÃO DE EXAMES OFTALMOLÓGICOS PARA OS ALUNOS MATRICULADOS NA REDE PÚBLICA MUNICIPAL DE ENSINO A PARTIR DOS QUATRO ANOS DE IDADE.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/689/projeto_de_lei_no_010-2025_-_lei_prioridade.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/689/projeto_de_lei_no_010-2025_-_lei_prioridade.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PRIORIDADE DE ATENDIMENTO A PACIENTES COM DOENÇAS AUTOIMUNES E IMUNODEPRIMIDOS.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>Didier, Joãozinho, Orlando</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_no_011-2025_-_faixas_de_dominio_ferroviario.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_no_011-2025_-_faixas_de_dominio_ferroviario.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SEGURANÇA, A DISCIPLINA E A IMPLANTAÇÃO DE DISPOSITIVOS DE PROTEÇÃO AO LONGO DAS FAIXAS DE DOMÍNIO FERROVIÁRIO NO MUNICÍPIO DE ARCOS/MG.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/720/projeto_de_lei_no_012-2025_-_botao_de_emergencia_contra_a_violencia_domestica.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/720/projeto_de_lei_no_012-2025_-_botao_de_emergencia_contra_a_violencia_domestica.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.143, DE 23 DE MAIO DE 2024, PARA IMPLEMENTAR DISPOSITIVO PREVENTIVO, DENOMINADO “BOTÃO DE EMERGÊNCIA”, COM O OBJETIVO DE SALVAGUARDAR MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_no_013-2025_-_fornecimento_de_par_de_tenis_aos_alunos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_no_013-2025_-_fornecimento_de_par_de_tenis_aos_alunos.pdf</t>
   </si>
   <si>
     <t>OBRIGA O PODER PÚBLICO A CUSTEAR, COMO PARTE DO UNIFORME ESCOLAR, UM PAR DE TÊNIS AOS ALUNOS DA REDE PÚBLICA MUNICIPAL DE _x000D_
 ENSINO.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/755/projeto_de_lei_no_014-2025_-_leitos_separados_para_parturientes.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/755/projeto_de_lei_no_014-2025_-_leitos_separados_para_parturientes.pdf</t>
   </si>
   <si>
     <t>DETERMINA, NO MUNICÍPIO DE ARCOS, QUE AS UNIDADES DE SAÚDE CREDENCIADAS NO SISTEMA ÚNICO DE SAÚDE (SUS) E AS DE REDE PRIVADA OFEREÇAM LEITO SEPARADO PARA AS MÃES DE NATIMORTO E MÃES COM ÓBITO FETAL.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/756/projeto_de_lei_no_015-2025_-_reserva_de_vagas_para_artistas_locais.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/756/projeto_de_lei_no_015-2025_-_reserva_de_vagas_para_artistas_locais.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESERVA DE VAGAS PARA ARTISTAS LOCAIS EM EVENTOS CULTURAIS MUNICIPAIS.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_lei_no_016-2025_-_mes_maio_furta-cor.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_lei_no_016-2025_-_mes_maio_furta-cor.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE ARCOS/MG, O MÊS MAIO FURTA-COR, DEDICADO A AÇÕES DE CONSCIENTIZAÇÃO, INCENTIVO AO CUIDADO E PROMOÇÃO DA SAÚDE MENTAL MATERNA.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_no_017-2025_-_placas_informativas_em_ubs.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_no_017-2025_-_placas_informativas_em_ubs.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AFIXAÇÃO DE PLACAS INFORMATIVAS NAS UNIDADES BÁSICAS DE SAÚDE (UBS) DO MUNICÍPIO DE ARCOS-MG.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/779/projeto_de_lei_no_018-2025_-_campanha_de_protecao_a_pessoa_idosa_contra_fraudes_no_comercio_digital.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/779/projeto_de_lei_no_018-2025_-_campanha_de_protecao_a_pessoa_idosa_contra_fraudes_no_comercio_digital.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA MUNICIPAL DE ORIENTAÇÃO ÀS PESSOAS IDOSAS CONTRA FRAUDES E GOLPES NO COMÉRCIO ELETRÔNICO E NA REDE MUNDIAL DE COMPUTADORES (INTERNET).</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_lei_no_019-2025_-_programa_de_emprego_as_maes_solo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_lei_no_019-2025_-_programa_de_emprego_as_maes_solo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE EMPREGO E APOIO PARA MÃES SOLO.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/835/projeto_de_lei_no_020-2025_-_remuneracao_do_assessor_do_legislativo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/835/projeto_de_lei_no_020-2025_-_remuneracao_do_assessor_do_legislativo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DOS VENCIMENTOS DO CARGO DE ASSESSOR DO LEGISLATIVO, DE PROVIMENTO COMISSIONADO, DA CÂMARA MUNICIPAL DE ARCOS.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/855/projeto_de_lei_no_021-2025_-_cria_programa_de_estagio.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/855/projeto_de_lei_no_021-2025_-_cria_programa_de_estagio.pdf</t>
   </si>
   <si>
     <t>INSTITUI PROGRAMA DE ESTÁGIO DE GRADUAÇÃO E DE PÓS-GRADUAÇÃO, PARA ESTUDANTES MATRICULADOS EM CURSOS DE INSTITUIÇÕES DE ENSINO SUPERIOR OFICIALMENTE RECONHECIDAS PELO MINISTÉRIO DA EDUCAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_no_022-2025_-_bebedouros_publicos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_no_022-2025_-_bebedouros_publicos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE LIXEIRAS E DE BEBEDOUROS PÚBLICOS, COM ÁGUA POTÁVEL, NOS DOIS TRECHOS DA AVENIDA JOÃO VAZ SOBRINHO, SITUADA NO MUNICÍPIO DE ARCOS/MG.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_no_023-2025_-_semana_da_pessoa_com_deficiencia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_no_023-2025_-_semana_da_pessoa_com_deficiencia.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DA PESSOA COM DEFICIÊNCIA NO MUNICÍPIO DE ARCOS/MG.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/871/projeto_de_lei_no_024-2025_-_atendimento_prioritario_a_maes_e_pais_atipicos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/871/projeto_de_lei_no_024-2025_-_atendimento_prioritario_a_maes_e_pais_atipicos.pdf</t>
   </si>
   <si>
     <t>GARANTE ATENDIMENTO PRIORITÁRIO NOS SERVIÇOS DE SAÚDE E DE ATENÇÃO PSICOLÓGICA DA REDE PÚBLICA MUNICIPAL ÀS MÃES E AOS PAIS ATÍPICOS E AOS CUIDADORES DESIGNADOS</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/903/projeto_de_lei_no_025-2025_-_agosto_lilas.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/903/projeto_de_lei_no_025-2025_-_agosto_lilas.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA AGOSTO LILÁS, PARA CONSCIENTIZAR A POPULAÇÃO DO MUNICÍPIO DE ARCOS/MG SOBRE A VIOLÊNCIA DOMÉSTICA E FAMILIAR CONTRA AS MULHERES – LEI GIOVANA PAULA RODRIGUES.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/911/projeto_de_lei_no_026-2025_-_politica_de_enfrentamento_a_violencia_contra_a_pessoa_idosa.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/911/projeto_de_lei_no_026-2025_-_politica_de_enfrentamento_a_violencia_contra_a_pessoa_idosa.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE ENFRENTAMENTO À VIOLÊNCIA CONTRA A PESSOA IDOSA NO MUNICÍPIO DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/912/projeto_de_lei_no_027-2025_-_criacao_de_caes_racas_especificas.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/912/projeto_de_lei_no_027-2025_-_criacao_de_caes_racas_especificas.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A CRIAÇÃO DE CÃES DAS RAÇAS QUE ESPECIFICA E REVOGA A LEI MUNICIPAL N° 1.998, DE 15 DE JUNHO DE 2004</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_no_028-2025_-_proibicao_de_musicas_que_promovam_violencia_nas_escolas.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_no_028-2025_-_proibicao_de_musicas_que_promovam_violencia_nas_escolas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA EXECUÇÃO DE MÚSICAS COM ALUSÃO A DROGAS, VIOLÊNCIA, CONTEÚDOS SEXUAIS E APOLOGIA AO CRIME NAS INSTITUIÇÕES PÚBLICAS DE ENSINO MUNICIPAIS DE ARCOS/MG.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/957/projeto_de_lei_no_029-2025_-_jaiane_-_alteracao_da_lei_da_cosip.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/957/projeto_de_lei_no_029-2025_-_jaiane_-_alteracao_da_lei_da_cosip.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.934, DE 31 DE DEZEMBRO DE 2002, QUE DISPÕE SOBRE A CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA NO MUNICÍPIO DE ARCOS/MG.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/968/projeto_de_lei_no_032-2025_-_seguranca_dos_equipamentos_infantis.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/968/projeto_de_lei_no_032-2025_-_seguranca_dos_equipamentos_infantis.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NORMAS DE SEGURANÇA PARA MOBILIÁRIO E EQUIPAMENTOS EM INSTITUIÇÕES DE ENSINO MUNICIPAIS E EM PARQUES PÚBLICOS DE ARCOS/MG, COM A FINALIDADE PREVENIR E IMPEDIR ACIDENTES COM CRIANÇAS.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_no_033-2025_-_programa_municipal_do_trabalhador_de_limpeza_urbana.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_no_033-2025_-_programa_municipal_do_trabalhador_de_limpeza_urbana.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE VALORIZAÇÃO DOS TRABALHADORES DA LIMPEZA URBANA DO MUNICÍPIO DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/974/projeto_de_lei_no_034-2025_-__utilidade_publica_associacao_arcoense_de_ciclismo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/974/projeto_de_lei_no_034-2025_-__utilidade_publica_associacao_arcoense_de_ciclismo.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO ARCOENSE DE CICLISMO – A.A.C.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/994/projeto_de_lei_no_035-2025_-_alteracao_da_denominacao_do_cargo_de_auxiliar_de_contabilidade.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/994/projeto_de_lei_no_035-2025_-_alteracao_da_denominacao_do_cargo_de_auxiliar_de_contabilidade.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA DENOMINAÇÃO DO CARGO DE AUXILIAR DE CONTABILIDADE DO QUADRO GERAL DE PESSOAL DA CÂMARA MUNICIPAL DE ARCOS/MG, PREVISTO NA LEI N° 2.243, DE 11 DE AGOSTO DE 2009.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/992/projeto_de_lei_no_036-2025_-_instalacao_de_cameras_em_onibus_escolares.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/992/projeto_de_lei_no_036-2025_-_instalacao_de_cameras_em_onibus_escolares.pdf</t>
   </si>
   <si>
     <t>DETERMINA A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO NO INTERIOR DOS VEÍCULOS DE TRANSPORTE ESCOLAR MUNICIPAL DE ARCOS/MG.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/998/projeto_de_lei_no_037-2025_-_carlos_-_lgbtqia_recuperacao_automatica.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/998/projeto_de_lei_no_037-2025_-_carlos_-_lgbtqia_recuperacao_automatica.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DA DIVERSIDADE SEXUAL E INSERE O DIA DA PARADA DO ORGULHO LGBTQIA+ NO CALENDÁRIO OFICIAL DE FESTAS E EVENTOS DO MUNICÍPIO DE ARCOS/MG.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1006/projeto_de_lei_no_038-2025_-_leslie_-_politica_de_prevencao_ao_furto_e_receptacao_de_cabos_e_fios.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1006/projeto_de_lei_no_038-2025_-_leslie_-_politica_de_prevencao_ao_furto_e_receptacao_de_cabos_e_fios.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE PREVENÇÃO E COMBATE AOS CRIMES DE FURTO E RECEPTAÇÃO DE CABOS E FIOS METÁLICOS NO MUNICÍPIO DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1008/projeto_de_lei_no_039-2025_-_queijinho_-_sensor_de_monitoramento_continuo_de_glicose.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1008/projeto_de_lei_no_039-2025_-_queijinho_-_sensor_de_monitoramento_continuo_de_glicose.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FORNECER APARELHO SENSOR PARA MONITORAMENTO CONTÍNUO DE GLICOSE ÀS CRIANÇAS E ADOLESCENTES COM DIABETES TIPO 1, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/projeto_de_lei_no_040-2025_-__joao_paulo_utilidade_publica_rede_cidada.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/projeto_de_lei_no_040-2025_-__joao_paulo_utilidade_publica_rede_cidada.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO CIVIL REDE CIDADÃ.</t>
   </si>
   <si>
+    <t>1047</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1047/projeto_de_lei_no_041-2025_-_politica_municipal_contra_adultizacao_infantil.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI A POLÍTICA MUNICIPAL DE CONSCIENTIZAÇÃO E COMBATE À ADULTIZAÇÃO INFANTIL.</t>
+  </si>
+  <si>
+    <t>1048</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1048/projeto_de_lei_no_043-2025_-_alex_-_proibicao_de_musicas_inadequadas_em_trenzinhos_da_alegria.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A PROIBIÇÃO DA EXECUÇÃO DE MÚSICAS IMPRÓPRIAS EM VEÍCULOS COLETIVOS DE DIVERSÃO QUE TRANSPORTAM CRIANÇAS, POPULARMENTE CONHECIDOS COMO “TRENZINHOS DA ALEGRIA”, NO ÂMBITO DO MUNICÍPIO DE ARCOS/MG.</t>
+  </si>
+  <si>
+    <t>1062</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1062/projeto_de_lei_no_044-2025_-_imunizacao_domiciliar.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA DE VACINAÇÃO DOMICILIAR ÀS PESSOAS IDOSAS, ÀS COM DEFICIÊNCIA E ÀS COM TRANSTORNO DO ESPECTRO AUTISTA NO ÂMBITO DO MUNICÍPIO DE ARCOS/MG.</t>
+  </si>
+  <si>
+    <t>1073</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1073/projeto_de_lei_no_045-2025_-_laudo_permanente_diabetes_tipo_1.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O CARÁTER PERMANENTE DO LAUDO QUE DIAGNOSTIQUE DIABETES MELLITUS TIPO 1 NO ÂMBITO DO MUNICÍPIO DE ARCOS/MG.</t>
+  </si>
+  <si>
     <t>636</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/636/plc_001-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/636/plc_001-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITOS ADICIONAIS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/637/plc_002-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/637/plc_002-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/638/plc_003-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/638/plc_003-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/639/plc_004-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/639/plc_004-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITOS ADICIONAIS SUPLEMENTARES.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/651/plc_005-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/651/plc_005-2025.pdf</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/652/plc_006-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/652/plc_006-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/653/plc_007-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/653/plc_007-2025.pdf</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/654/plc_008-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/654/plc_008-2025.pdf</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/695/plc_009-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/695/plc_009-2025.pdf</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/696/plc_010-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/696/plc_010-2025.pdf</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/704/plc_011-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/704/plc_011-2025.pdf</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/705/plc_012-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/705/plc_012-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/711/plc_013-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/711/plc_013-2025.pdf</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/733/plc_014-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/733/plc_014-2025.pdf</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/742/plc_015-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/742/plc_015-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir crédito adicional suplementar.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/786/plc_016-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/786/plc_016-2025.pdf</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/806/plc_017-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/806/plc_017-2025.pdf</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/807/plc_018_-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/807/plc_018_-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO  ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/836/plc_019-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/836/plc_019-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRI CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/856/plc_020-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/856/plc_020-2025.pdf</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/857/plc_021-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/857/plc_021-2025.pdf</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/858/plc_022-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/858/plc_022-2025.pdf</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/859/plc_023-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/859/plc_023-2025.pdf</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/883/plc_024-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/883/plc_024-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR IMÓVEL URBANO AO ESTADO DE MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/894/plc_025-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/894/plc_025-2025.pdf</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/926/plc_026-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/926/pcl_026-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL DO MUNICÍPIO DE ARCOS PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/927/plc_027-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/927/plc_027-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DA ADMINISTRAÇÃO PÚBLICA DO MUNICÍPIO DE ARCOS/MG PARA O QUADRIÊNIO 2026-2029.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/928/plc_028-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/928/plc_028-2025.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARCOS/MG PARA EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/949/plc_029-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/949/plc_029-2025.pdf</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/950/plc_030-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/950/plc_030-2025.pdf</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/951/plc_031-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/951/plc_031-2025.pdf</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/952/plc_032-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/952/plc_032-2025.pdf</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/980/plc_033-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/980/plc_033-2025.pdf</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/981/plc_034-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/981/plc_034-2025.pdf</t>
+  </si>
+  <si>
+    <t>1049</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1049/plc_035-2025.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALTERAR O LIMITE PRECENTUAL PARA ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES PREVISTOS NAS LEIS COMPLEMENTARES MUNICIPAIS Nº 172/2024 E 185/2024.</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1050/plc_036-2025.pdf</t>
+  </si>
+  <si>
+    <t>1051</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1051/plc_037-2025.pdf</t>
+  </si>
+  <si>
+    <t>1053</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1053/plc_038-2025.pdf</t>
+  </si>
+  <si>
+    <t>1098</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1098/plc_039-2025.pdf</t>
+  </si>
+  <si>
+    <t>1101</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1101/plc_040-2025.pdf</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Legislativo</t>
   </si>
   <si>
     <t>Didier, Jaiane, Leslie</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/838/projeto_de_lei_complementar_001-2025_-_acresce_o_inciso_iv_ao_art._166.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/838/projeto_de_lei_complementar_001-2025_-_acresce_o_inciso_iv_ao_art._166.pdf</t>
   </si>
   <si>
     <t>ACRESCE O INCISO IV AO ARTIGO 166 DA LEI Nº 2.253, DE 18 DE SETEMBRO DE 2009 (CÓDIGO DE POSTURAS).</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/884/projeto_de_lei_complementar_002-2025_-_altera_o_artigo_168_do_codigo_de_posturas.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/884/projeto_de_lei_complementar_002-2025_-_altera_o_artigo_168_do_codigo_de_posturas.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 168 DA LEI Nº 2.253, DE 18 DE SETEMBRO DE 2009, PARA AGRAVAR A PENA DE MULTA DOS INFRATORES DAS MEDIDAS REFERENTES AOS ANIMAIS PREVISTAS NO CÓDIGO DE POSTURAS.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/967/projeto_de_lei_complementar_003-2025_-_aperfeicoa_o_codigo_de_posturas.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/967/projeto_de_lei_complementar_003-2025_-_aperfeicoa_o_codigo_de_posturas.pdf</t>
   </si>
   <si>
     <t>APERFEIÇOA A LEI Nº 2.253, DE 18 DE SETEMBRO DE 2009 (CÓDIGO DE POSTURAS), E AGRAVA A PENA DE MULTA DOS INFRATORES DAS MEDIDAS REFERENTES AO EMPACHAMENTO E À HIGIENE DAS VIAS PÚBLICAS</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_resolucao_01-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_resolucao_01-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MUDANÇA DE LOCAL PARA POSSE E COMPROMISSO DO PREFEITO MUNICIPAL E VICE-PREFEITO DE ARCOS/MG.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_resolucao_no_02-2025_alteracao_regimento.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_resolucao_no_02-2025_alteracao_regimento.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 884 DE 17/12/2018, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ARCOS-MG.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>Genorinho, Joãozinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/656/projeto_de_resolucao_no_03-2025_revogacao_de_artigos_do_regimento.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/656/projeto_de_resolucao_no_03-2025_revogacao_de_artigos_do_regimento.pdf</t>
   </si>
   <si>
     <t>REVOGAM-SE O § 1° DO ARTIGO 16 E O ARTIGO 90 DA RESOLUÇÃO Nº 884 DE 17/12/2018, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ARCOS-MG.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/830/projeto_de_resolucao_no_04-2025_-_altera_a_resolucao_892.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/830/projeto_de_resolucao_no_04-2025_-_altera_a_resolucao_892.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 892/2020, QUE DISPÕE SOBRE A REGULAMENTAÇÃO DO REGIME DE DIÁRIAS NO ÂMBITO DO PODER LEGISLATIVO DE ARCOS/MG.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/955/projeto_de_resolucao_no_05-2025_-_criacao_da_ouvidoria.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/955/projeto_de_resolucao_no_05-2025_-_criacao_da_ouvidoria.pdf</t>
   </si>
   <si>
     <t>CRIA A OUVIDORIA LEGISLATIVA DA CÂMARA MUNICIPAL DE ARCOS/MG E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/956/projeto_de_resolucao_no_06-2025_-_regulamenta_a_lgpd.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/956/projeto_de_resolucao_no_06-2025_-_regulamenta_a_lgpd.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA, NO ÂMBITO DA CÂMARA MUNICIPAL DE ARCOS/MG, AS DISPOSIÇÕES DA LEI FEDERAL Nº 13.709, DE 14 DE AGOSTO DE 2018, QUE TRATA DA LEI GERAL DE PROTEÇÃO DE DADOS PESSOAIS (LGPD), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_resolucao_no_07-2025_-_altera_a_resolucao_do_pat.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_resolucao_no_07-2025_-_altera_a_resolucao_do_pat.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 743/2014, A QUAL DISPÕE SOBRE A REGULAMENTAÇÃO DA LEI N° 2.526, DE 27 DE DEZEMBRO DE 2012, QUE INSTITUI O PROGRAMA DE ALIMENTAÇÃO DO TRABALHADOR – РАТ.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>Carlos, Orlando</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/projeto_de_resolucao_no_08-2025_alteracao_regimento.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/projeto_de_resolucao_no_08-2025_alteracao_regimento.pdf</t>
   </si>
   <si>
     <t>ACRESCE O PARÁGRAFO ÚNICO AO ART. 157 DA RESOLUÇÃO Nº 884, DE 17 DE DEZEMBRO DE 2018, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ARCOS/MG.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Jaiane, Kátia, Leslie</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/583/requerimento_01_-_katia_jaiane_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/583/requerimento_01_-_katia_jaiane_leslie.pdf</t>
   </si>
   <si>
     <t>Mudança na data de realização da Segunda Reunião Ordinária</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/585/requerimento_02_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/585/requerimento_02_-_katia.pdf</t>
   </si>
   <si>
     <t>Cumprimento de Resolução da Câmara de Educação Básica do Conselho Nacional de Educação.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/586/requerimento_03_-_alex.docx</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/586/requerimento_03_-_alex.docx</t>
   </si>
   <si>
     <t>Cópia de processos licitatórios</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/587/requerimento_04_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/587/requerimento_04_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Reforma e revitalização de passarela</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/588/requerimento_05_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/588/requerimento_05_-_leslie.pdf</t>
   </si>
   <si>
     <t>informações sobre novas contratações e cargos vagos</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/589/requerimento_06_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/589/requerimento_06_-_katia.pdf</t>
   </si>
   <si>
     <t>Ilegalidade da Regência da Carreira de Supervisor Escolar do Município de Arcos/MG</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/590/requerimento_07_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/590/requerimento_07_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Plano de identificação completa de todos os veículos do município.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/591/requerimento_08_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/591/requerimento_08_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Obras de drenagem e reestruturação no Bairro Floresta.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/592/requerimento_09_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/592/requerimento_09_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre o planejamento e ações referentes à conclusão da obra da UPA Municipal</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/596/requerimento_10_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/596/requerimento_10_-_katia.pdf</t>
   </si>
   <si>
     <t>Planejamento para concessão de abono natalino</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_11_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_11_-_katia.pdf</t>
   </si>
   <si>
     <t>Pagamento do Piso do Magistério para Diretores e Vice-Diretores de Escolas</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>Joãozinho, Orlando</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/598/requerimento_12_-_joao_paulo_e_orlando.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/598/requerimento_12_-_joao_paulo_e_orlando.pdf</t>
   </si>
   <si>
     <t>Informações sobre o superávit financeiro do Exercício de 2024</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/600/requerimento_13_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/600/requerimento_13_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Realização de vistoria em estrada municipal.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/605/requerimento_14_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/605/requerimento_14_-_alex.pdf</t>
   </si>
   <si>
     <t>Revisão do Plano Diretor do Município de Arcos.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/606/requerimento_15_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/606/requerimento_15_-_alex.pdf</t>
   </si>
   <si>
     <t>Informações sobre a situação dos chacreamentos em Arcos.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/607/requerimento_16_-_jaiane.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/607/requerimento_16_-_jaiane.pdf</t>
   </si>
   <si>
     <t>Contratação de segurança para o Parque Aquático Municipal</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/608/requerimento_17_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/608/requerimento_17_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre o Distrito Industrial I e III</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/609/requerimento_18_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/609/requerimento_18_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Informações sobre o funcionamento do Departamento Municipal de Trânsito.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/610/requerimento_19_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/610/requerimento_19_-_alex.pdf</t>
   </si>
   <si>
     <t>Informações sobre o cumprimento da Lei Municipal nº 2.716 de 15/07/2015</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/612/requerimento_20_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/612/requerimento_20_-_alex.pdf</t>
   </si>
   <si>
     <t>Reforma de “guarda-corpos” do Viaduto da Avenida Laura Andrade.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/613/requerimento_21-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/613/requerimento_21-_alex.pdf</t>
   </si>
   <si>
     <t>Reforma e adequações no estacionamento para veículos de urgência e emergência do Hospital Municipal São José.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/614/requerimento_22-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/614/requerimento_22-_queijinho.pdf</t>
   </si>
   <si>
     <t>Informações sobre a construção da Creche do Bairro Floresta</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/615/requerimento_23-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/615/requerimento_23-_queijinho.pdf</t>
   </si>
   <si>
     <t>Construção de sede própria para a Unidade Básica de Saúde do Bairro Esplanada.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/621/requerimento_24_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/621/requerimento_24_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Construção de estacionamento para veículos da saúde.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/623/requerimento_25_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/623/requerimento_25_-_leslie.pdf</t>
   </si>
   <si>
     <t>Manutenção e reparos nas barreiras de proteção (guarda-corpos) às margens do canal da Avenida Sanitária</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/624/requerimento_26_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/624/requerimento_26_-_leslie.pdf</t>
   </si>
   <si>
     <t>Implantação de lixeiras de grande porte em pontos estratégicos da cidade.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/625/requerimento_27-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/625/requerimento_27-_carlos.pdf</t>
   </si>
   <si>
     <t>Transporte coletivo gratuito na Comunidade da Boca da Mata</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/626/requerimento_28_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/626/requerimento_28_queijinho.pdf</t>
   </si>
   <si>
     <t>Iluminação de trecho da Rua São João Batista</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/627/requerimento_29_-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/627/requerimento_29_-_carlos.pdf</t>
   </si>
   <si>
     <t>Pavimentação em trecho da Rua Pedro Félix de Andrade e confecção de canaleta.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/629/requerimento_30_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/629/requerimento_30_queijinho.pdf</t>
   </si>
   <si>
     <t>Limpeza das margens da Avenida Progresso e construção de calçadas.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/631/requerimento_31_orlando.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/631/requerimento_31_orlando.pdf</t>
   </si>
   <si>
     <t>Notificação para remoção de cabos e fiações inutilizados por empresas provedoras de internet e telefonia.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento_32_orlando.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento_32_orlando.pdf</t>
   </si>
   <si>
     <t>Limpeza e retirada de folhas secas e cachos secos de palmeiras existentes nas vias da cidade.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/633/requerimento_33_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/633/requerimento_33_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Solicitação de Reforma e Revitalização da Praça Ferreira da Fonseca (Praça da Olaria).</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/634/requerimento_34_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/634/requerimento_34_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Instalação de Guaritas.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/642/requerimento_35_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/642/requerimento_35_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Construção de Centro de Recreação para Idosos.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/643/requerimento_36-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/643/requerimento_36-_alex.pdf</t>
   </si>
   <si>
     <t>Limpeza em geral, reparos e manutenção do Parquinho Infantil existente ao lado da Escola Municipal Antônio Davi Franco.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/644/requerimento_37_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/644/requerimento_37_-_alex.pdf</t>
   </si>
   <si>
     <t>Limpeza em geral nos arredores da Creche Municipal Jáia Batista Assunção de Sousa</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/645/requerimento_38_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/645/requerimento_38_-_alex.pdf</t>
   </si>
   <si>
     <t>Implantação de alambrado, câmeras de segurança e portão na área de entrada da Creche Municipal Jáia Batista Assunção de Sousa</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/646/requerimento_39_orlando.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/646/requerimento_39_orlando.pdf</t>
   </si>
   <si>
     <t>Levantamento de veículos abandonados em vias públicas.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/649/requerimento_40_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/649/requerimento_40_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre número de vagas de mototáxi e motofrete.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/650/requerimento_41_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/650/requerimento_41_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Cumprimento da Lei Municipal nº 3.105 de 23/10/2023.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/659/requerimento_42_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/659/requerimento_42_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Asfaltamento da Rua Capitão José Apolinário no Bairro Mangabeiras.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_43_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_43_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Limpeza e reforma da Praça do Bairro Sol Nascente.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_44_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_44_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Limpeza e troca de lâmpadas na Praça Mozart Estevam.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/662/requerimento_45_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/662/requerimento_45_-_alex.pdf</t>
   </si>
   <si>
     <t>Informações sobre a Feira do Produtor Rural.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_46_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_46_-_katia.pdf</t>
   </si>
   <si>
     <t>Melhorias na iluminação pública da Rua Deusdedes Rodrigues de Souza.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_47_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_47_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Expansão de consultas e serviços ofertados na Unidade Básica de Saúde do Bairro São Judas para Calciolândia.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_48_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_48_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Expansão de consultas e serviços ofertados na Unidade Básica de Saúde do Bairro Calcita para a Comunidade da Boca da Mata.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_49_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_49_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Cumprimento do Código de Posturas com relação à limpeza de lotes e terrenos vagos</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_50_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_50_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Disponibilização de caçambas em pontos estratégicos de bairros.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/673/requerimento_51_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/673/requerimento_51_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Melhorias em estrada vicinal na região dos Cristais</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_52_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_52_-_katia.pdf</t>
   </si>
   <si>
     <t>Mecanismos para evitar a passagem de motociclistas em passarela</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/675/requerimento_53_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/675/requerimento_53_-_katia.pdf</t>
   </si>
   <si>
     <t>Informações sobre atendimentos médicos nos PSF’s.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_54_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_54_leslie.pdf</t>
   </si>
   <si>
     <t>Construção de muro na Unidade Básica de Saúde do Bairro Jardim Bela Vista</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/682/requerimento_55_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/682/requerimento_55_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Banheiros com acessibilidade para pessoas portadoras de deficiências e/ou com mobilidade reduzida, durante o Festival Gastronômico.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/683/requerimento_56_-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/683/requerimento_56_-_carlos.pdf</t>
   </si>
   <si>
     <t>Implantação de melhorias nas Unidades Básicas de Saúde.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/684/requerimento_57_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/684/requerimento_57_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre o ressarcimento do complemento de aposentadoria dos servidores municipais.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/685/requerimento_58_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/685/requerimento_58_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre a ação judicial que trata da responsabilidade do serviço de monitoramento das passagens de nível da Ferrovia Centro Atlântica (VLI) no perímetro urbano da cidade.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_59_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_59_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre “escolas em tempo integral” no município.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>60</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/690/requerimento_60_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/690/requerimento_60_-_katia.pdf</t>
   </si>
   <si>
     <t>Programa “Minha Casa, Minha Vida” na Comunidade da Ilha.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>61</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_61_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_61_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Pavimentação e implantação de rede pluvial na Rua Santa Rita, na Comunidade da Ilha.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/692/requerimento_62_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/692/requerimento_62_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Intervenção para a correta captação de águas pluviais na esquina da Rua José Fernandes Carvalho Nogueira com Rua João Jacinto da Cunha.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/698/requerimento_63_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/698/requerimento_63_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Implantação de ações de melhorias diversas em prol da população.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_64-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_64-_katia.pdf</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_65-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_65-_katia.pdf</t>
   </si>
   <si>
     <t>Contratação de seguranças para as escolas e creches do Município.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_66_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_66_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Extensão de rede de iluminação pública e implantação de postes.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_67_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_67_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Cumprimento do Código de Posturas com relação a proibição de obstruir as vias públicas com materiais de construção.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_68_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_68_leslie.pdf</t>
   </si>
   <si>
     <t>Retorno de Professores de Educação Física para os anos iniciais do Ensino Fundamental e disponibilização de materiais esportivos.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/707/requerimento_69_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/707/requerimento_69_leslie.pdf</t>
   </si>
   <si>
     <t>Manutenção de estradas rurais</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_70_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_70_leslie.pdf</t>
   </si>
   <si>
     <t>Novo imóvel para as instalações da Unidade Básica de Saúde da Zona Norte</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_71_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_71_leslie.pdf</t>
   </si>
   <si>
     <t>Aquisição de materiais, acessórios, e medicamentos para os consultórios odontológicos das Unidades Básicas de Saúde do Município.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_72_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_72_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Realização de audiência pública.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_73-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_73-_katia.pdf</t>
   </si>
   <si>
     <t>Implantação de iluminação pública na Rua Antônio Ribeiro de Morais.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_74_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_74_-_alex.pdf</t>
   </si>
   <si>
     <t>Reversão de imóvel ao patrimônio público municipal.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_75_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_75_-_alex.pdf</t>
   </si>
   <si>
     <t>Informações sobre o transporte coletivo “tarifa zero”.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Jaiane, Joãozinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/716/requerimento_76_jaiane_e_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/716/requerimento_76_jaiane_e_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Realização de audiência pública</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/717/requerimento_77_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/717/requerimento_77_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Implantação de ações de melhorias diversas para a população arcoense.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/719/requerimento_78_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/719/requerimento_78_-_alex.pdf</t>
   </si>
   <si>
     <t>Implantação de iluminação pública no Retiro São José.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/721/requerimento_79_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/721/requerimento_79_-_alex.pdf</t>
   </si>
   <si>
     <t>Entrega de pão e leite em comunidades rurais</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/722/requerimento_80_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/722/requerimento_80_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Ações de melhorias no calçamento e nas rampas de acessibilidade no entorno das Unidades Básicas de Saúde do município</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/723/requerimento_81_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/723/requerimento_81_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Manutenção das academias de ginástica ao ar livre do município.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/725/requerimento_82_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/725/requerimento_82_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Realização de campanhas educativas acerca de acessibilidade nos estabelecimentos comerciais.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/726/requerimento_83_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/726/requerimento_83_-_katia.pdf</t>
   </si>
   <si>
     <t>Planejamento orçamentário para reajuste salarial e aumento do ticket alimentação dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/727/requerimento_84_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/727/requerimento_84_-_katia.pdf</t>
   </si>
   <si>
     <t>Aquisição ou construção de imóvel para sediar a casa de apoio ao arcoense em Barretos/SP e implementação de melhorias no atual imóvel onde funciona a casa de apoio.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_85_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_85_-_leslie.pdf</t>
   </si>
   <si>
     <t>Cumprimento da Lei Municipal nº 3.160 de 25/11/2024.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/729/requerimento_86_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/729/requerimento_86_-_leslie.pdf</t>
   </si>
   <si>
     <t>Reforma completa de praça no Bairro Calcita</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_87_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_87_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Implantação de câmeras de segurança em passarela</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/732/requerimento_88-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/732/requerimento_88-_queijinho.pdf</t>
   </si>
   <si>
     <t>Implantação de placas informativas com os nomes das vias em todo o município.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/734/requerimento_89_-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/734/requerimento_89_-_carlos.pdf</t>
   </si>
   <si>
     <t>Implantação de postes de iluminação pública nas proximidades do Santuário de São Judas Tadeu.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/735/requerimento_90_-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/735/requerimento_90_-_carlos.pdf</t>
   </si>
   <si>
     <t>Instituição de serviço de transporte de pacientes para a Fumusa e PSF’s.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/736/requerimento_91_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/736/requerimento_91_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Pintura e demarcação de sinalizações horizontais nas vias centrais de Arcos.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/737/requerimento_92_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/737/requerimento_92_-_alex.pdf</t>
   </si>
   <si>
     <t>Informações sobre o processo de municipalização do trânsito.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/738/requerimento_93_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/738/requerimento_93_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Obras e reparos para sanar vazamento de esgoto em via pública.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/743/requerimento_94_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/743/requerimento_94_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Implantação de rampas de acessibilidade à passarela.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/744/requerimento_95_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/744/requerimento_95_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Poda de gramado de campo de futebol</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/746/requerimento_96_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/746/requerimento_96_-_katia.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para implementação de um novo complemento aposentadoria para os servidores municipais.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/747/requerimento_97_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/747/requerimento_97_-_alex.pdf</t>
   </si>
   <si>
     <t>Informações acerca de acidente envolvendo veículo da prefeitura.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/748/requerimento_98_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/748/requerimento_98_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Cobertura de quadras esportivas.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/749/requerimento_99_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/749/requerimento_99_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Implantação de câmeras de segurança do tipo “olho vivo”</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/751/requerimento_100_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/751/requerimento_100_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Afixação de cartazes educativos sobre o descarte adequado de medicamentos e regulamentação de pontos de recolhimento.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/752/requerimento_101_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/752/requerimento_101_-_queijinho.pdf</t>
   </si>
   <si>
     <t>:  Implantação do programa “ESTA VAGA NÃO É SUA” e realização de campanhas e ações de fiscalização.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/753/requerimento_102_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/753/requerimento_102_-_katia.pdf</t>
   </si>
   <si>
     <t>Implantação de letreiro de grande porte na Praça da Bíblia.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_103_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_103_-_leslie.pdf</t>
   </si>
   <si>
     <t>Fiscalização nos estabelecimentos comerciais com relação ao descarte de resíduos e lixos.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/759/requerimento_104_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/759/requerimento_104_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Construção de campo de futebol “Society” em Calciolândia.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/760/requerimento_105_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/760/requerimento_105_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Ações de melhorias no Parque Aquático Municipal.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/761/requerimento_106_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/761/requerimento_106_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Limpeza em geral e pintura de escadaria.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Orlando, Queijinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_107_-_queijinho_e_orlando.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_107_-_queijinho_e_orlando.pdf</t>
   </si>
   <si>
     <t>Instalação de semáforos inteligentes nas passagens de nível da ferrovia.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/765/requerimento_108_-_jaiane_e_joaozinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/765/requerimento_108_-_jaiane_e_joaozinho.pdf</t>
   </si>
   <si>
     <t>Implementação de ações de melhorias diversas voltadas para pessoas com deficiências e neurodiversidades.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/766/requerimento_109_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/766/requerimento_109_-_katia.pdf</t>
   </si>
   <si>
     <t>Implantação de bebedouro na Pista de Skate.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/767/requerimento_110_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/767/requerimento_110_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Mapeamento de locais com maior incidência de escorpiões.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_111_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_111_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Instalação de câmera de segurança.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_112_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_112_-_alex.pdf</t>
   </si>
   <si>
     <t>Informações sobre situação de veículo da prefeitura.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/770/requerimento_113_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/770/requerimento_113_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Implantação de ações diversas visando melhorias para a população arcoense.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/771/requerimento_114_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/771/requerimento_114_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Implantação de iluminação da pista de caminhada do poliesportivo e colocação de placas proibindo a circulação de bicicletas e motos.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/772/requerimento_115_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/772/requerimento_115_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Ações e tratativas realizadas para a reestruturação e regularização do galpão de triagem de lixo reciclável.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/775/requerimento_116_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/775/requerimento_116_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Construção de Velório Municipal na Ilha.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/776/requerimento_117_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/776/requerimento_117_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Número de multas aplicadas devido ao descumprimento de Notificação Coletiva.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/777/requerimento_118-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/777/requerimento_118-_katia.pdf</t>
   </si>
   <si>
     <t>Extensão de Projeto de Artesanato.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/778/requerimento_119-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/778/requerimento_119-_katia.pdf</t>
   </si>
   <si>
     <t>Cumprimento de lei municipal e consequente criação de centro de acolhimento para mulheres.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/782/requerimento_120-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/782/requerimento_120-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Instalação de aparelhos de ar condicionado no Centro de Fisioterapia.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Colocação de proteção na ponte sobre o Córrego da Gracinda  no Bairro Vila Boa Vista.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/788/requerimento_122_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/788/requerimento_122_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Limpeza das margens e calçada da Avenida Celso Teixeira de Castro.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/789/requerimento_123_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/789/requerimento_123_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Ampliação e implantação de semáforos na Ponte do Olaria</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/790/requerimento_124-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/790/requerimento_124-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Ações e tratativas realizadas para a reestruturação e  regularização do Aterro Sanitário.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/791/requerimento_125-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/791/requerimento_125-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Implantação de iluminação em abrigos para passageiros</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/792/requerimento_126_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/792/requerimento_126_-_leslie.pdf</t>
   </si>
   <si>
     <t>Informações sobre o cargo de Vice-Diretor de Escolas</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/793/requerimento_127-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/793/requerimento_127-_leslie.pdf</t>
   </si>
   <si>
     <t>Cópia de folha de ponto de servidores que ocupam cargos  comissionados</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/794/requerimento_128-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/794/requerimento_128-_leslie.pdf</t>
   </si>
   <si>
     <t>Realização de processo seletivo para contratação de servidores  que prestam serviços de auxílio e execução de programas assistenciais.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/795/requerimento_129_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/795/requerimento_129_-_leslie.pdf</t>
   </si>
   <si>
     <t>Manutenção em equipamentos do PSF do Bairro São Judas</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/796/requerimento_130_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/796/requerimento_130_-_leslie.pdf</t>
   </si>
   <si>
     <t>Reforma da Praça Martiniano Zuquim e implantação de refletores de iluminação.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/797/requerimento_131-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/797/requerimento_131-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre iluminação pública nas entradas da Comunidade da Boca da Mata.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/798/requerimento_132_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/798/requerimento_132_-_alex.pdf</t>
   </si>
   <si>
     <t>Solicitação de disponibilização de atendimentos de Cardiologista Infantil</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/799/requerimento_133_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/799/requerimento_133_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Solicitação de recapeamento asfáltico e viabilização da coleta de lixo na comunidade de Calciolândia</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/800/requerimento_134-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/800/requerimento_134-_katia.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações sobre a execução e critérios do programa de doação de “cestas verdes”.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/801/requerimento_135_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/801/requerimento_135_-_alex.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações sobre os dados financeiros da operação de crédito junto ao BDMG.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/802/requerimento_136_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/802/requerimento_136_-_alex.pdf</t>
   </si>
   <si>
     <t>Solicitação de prestação de contas — Feira Gastronômica de Arcos.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Didier, Joãozinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/809/requerimento_137_-_alex_e_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/809/requerimento_137_-_alex_e_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Gastos com manutenção de Trator de Esteiras</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/810/requerimento_138_-_jaiane.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/810/requerimento_138_-_jaiane.pdf</t>
   </si>
   <si>
     <t>Implantação de câmera de segurança do tipo “olho vivo”</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/811/requerimento_139_-_jaiane.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/811/requerimento_139_-_jaiane.pdf</t>
   </si>
   <si>
     <t>Cópia de projeto arquitetônico de reforma de Creche Municipal</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/812/requerimento_140_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/812/requerimento_140_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Implantação de faixa elevada para pedestres.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/813/requerimento_141_-_queijinho_e_orlando.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/813/requerimento_141_-_queijinho_e_orlando.pdf</t>
   </si>
   <si>
     <t>Obras e melhorias na Quadra Esportiva da Escola Municipal  Julieta Ribeiro da Fonseca.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/814/requerimento_142_-_queijinho_e_orlando.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/814/requerimento_142_-_queijinho_e_orlando.pdf</t>
   </si>
   <si>
     <t>Cumprimento da Lei Municipal nº 3.057 de 12/12/2022.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/815/requerimento_143_-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/815/requerimento_143_-_carlos.pdf</t>
   </si>
   <si>
     <t>Doação de materiais para a Associação Conexão Vida e reforma  da sede.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/817/requerimento_144_-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/817/requerimento_144_-_carlos.pdf</t>
   </si>
   <si>
     <t>Regulamentação de estacionamento permitido somente em um dos lados da Rua Manoel Fernandes Nogueira.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/819/requerimento_145-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/819/requerimento_145-_katia.pdf</t>
   </si>
   <si>
     <t>Transferência de imóvel para o Município de Arcos.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Joãozinho, Orlando, Queijinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/820/requerimento_146_-_queijinho_orlando_e_joaozinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/820/requerimento_146_-_queijinho_orlando_e_joaozinho.pdf</t>
   </si>
   <si>
     <t>Alteração de legislação municipal.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/821/requerimento_147_-_queijinho_e_orlando.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/821/requerimento_147_-_queijinho_e_orlando.pdf</t>
   </si>
   <si>
     <t>Implantação de toldo ou construção de varanda em área escolar.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/822/requerimento_148_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/822/requerimento_148_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Implantação de grama sintética ou recuperação do gramado e iluminação pública no campo de futebol Society do Olaria.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/823/requerimento_149_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/823/requerimento_149_-_alex.pdf</t>
   </si>
   <si>
     <t>Informações sobre empréstimo com o BDMG.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/824/requerimento_150_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/824/requerimento_150_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Implantação de rotatória ou dispositivos similares ao final da Avenida Laura Andrade.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/825/requerimento_151_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/825/requerimento_151_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Manutenção do gramado do campo de futebol da Comunidade da Boa Vista.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/826/requerimento_152_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/826/requerimento_152_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Reestruturação de abrigos para passageiros.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/827/requerimento_153-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/827/requerimento_153-_katia.pdf</t>
   </si>
   <si>
     <t>Vistoria técnica no Hospital Municipal São José.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/829/requerimento_154_-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/829/requerimento_154_-_carlos.pdf</t>
   </si>
   <si>
     <t>Contratação de Segurança para o Hospital Municipal São José e Unidades Básicas de Saúde.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/832/requerimento_155_-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/832/requerimento_155_-_carlos.pdf</t>
   </si>
   <si>
     <t>Contratação de Pediatras para prestarem serviços no Hospital Municipal São José.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/833/requerimento_156_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/833/requerimento_156_-_alex.pdf</t>
   </si>
   <si>
     <t>Manutenção e reparos na grama sintética da quadra do Bairro Esplanada.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/839/requerimento_157_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/839/requerimento_157_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Reforma e melhorias no almoxarifado municipal</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/840/requerimento_158_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/840/requerimento_158_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Criação de Portal/SAC de limpeza urbana no município de Arcos</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/841/requerimento_159_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/841/requerimento_159_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Construção de mais casas do Programa “Minha Casa, Minha Vida”</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/842/requerimento_160_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/842/requerimento_160_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre distribuição de uniformes escolares.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/844/requerimento_161_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/844/requerimento_161_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Cumprimento de disposições do Código de Posturas com relação a animais de grande porte soltos nas vias de Arcos.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/845/requerimento_162_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/845/requerimento_162_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Instituição de uma Comissão Especial</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/846/requerimento_163-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/846/requerimento_163-_queijinho.pdf</t>
   </si>
   <si>
     <t>Revitalização e reparos na Praça Antônio Rodrigues de Sousa Neto.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/847/requerimento_164-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/847/requerimento_164-_queijinho.pdf</t>
   </si>
   <si>
     <t>Iluminação noturna em tempo integral na Feira do Produtor  Rural e instalação de lixeiras.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_165-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_165-_queijinho.pdf</t>
   </si>
   <si>
     <t>Análise de viabilidade de instalação de “lixeiras de poste” na cidade</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_166-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_166-_queijinho.pdf</t>
   </si>
   <si>
     <t>Aquisição de “camas box solteiro” para a Casa de Apoio de Divinópolis.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/854/requerimento_167_-_joao_paulo_e_jaiane.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/854/requerimento_167_-_joao_paulo_e_jaiane.pdf</t>
   </si>
   <si>
     <t>Reforma e revitalização do Parque Municipal da Usina Velha.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_168_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_168_-_leslie.pdf</t>
   </si>
   <si>
     <t>Limpeza em geral no Bairro Jardim Bela Vista e na Pista de Caminhada.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_169_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_169_-_leslie.pdf</t>
   </si>
   <si>
     <t>Retorno de Professores de Educação Física para os anos iniciais do Ensino Fundamental.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_170_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_170_-_leslie.pdf</t>
   </si>
   <si>
     <t>Instalação da Guarda Municipal em Arcos.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/863/requerimento_171_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/863/requerimento_171_-_leslie.pdf</t>
   </si>
   <si>
     <t>Contratação de seguranças para o Parque Municipal da Usina Velha</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/864/requerimento_172_-_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/864/requerimento_172_-_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Cumprimento de disposições do Código de Posturas com relação a confecção e conservação de passeios.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/865/requerimento_173_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/865/requerimento_173_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Limpeza das instalações do Grêmio Recreativo José Borginho e retirada de materiais estocados no local.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/867/requerimento_174_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/867/requerimento_174_joao_paulo.pdf</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/869/requerimento_175_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/869/requerimento_175_-_leslie.pdf</t>
   </si>
   <si>
     <t>Ampliação de horários do transporte coletivo.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/870/requerimento_176_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/870/requerimento_176_-_alex.pdf</t>
   </si>
   <si>
     <t>Solicitação de estudo de viabilidade para retirada ou adequação de lombada</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/872/requerimento_177_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/872/requerimento_177_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Solicitação de instalação de nova caixa d’água – comunidade Boa Vista.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/873/requerimento_178_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/873/requerimento_178_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Informações sobre Realização de Leilão de veiculos leves, pesados e bens inserviveis armazaneados nas Dependências do antigo Pátio da COOPERARCOS.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_179_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_179_-_katia.pdf</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/875/requerimento_180_-_queijinho_orlando.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/875/requerimento_180_-_queijinho_orlando.pdf</t>
   </si>
   <si>
     <t>Instalação de lixeiras próximo da região do cemitério municipal.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/876/requerimento_181_-_queijinho_orlando.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/876/requerimento_181_-_queijinho_orlando.pdf</t>
   </si>
   <si>
     <t>Informações sobre a ampliação da área do cemitério municipal.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/877/requerimento_182_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/877/requerimento_182_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Informações sobre a realização de estudos e planejamento para a concessão de abono natalino e aumento do ticket alimentação dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/880/requerimento_183_-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/880/requerimento_183_-_carlos.pdf</t>
   </si>
   <si>
     <t>Construção de canteiros e plantio de vegetação na área de rotatórias.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/881/requerimento_184_-_jaiane.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/881/requerimento_184_-_jaiane.pdf</t>
   </si>
   <si>
     <t>Expansão do horário de funcionamento das creches municipais.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/882/requerimento_185_-_jaiane.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/882/requerimento_185_-_jaiane.pdf</t>
   </si>
   <si>
     <t>Informações sobre a reforma do Lactário Municipal.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/887/requerimento_186_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/887/requerimento_186_-_leslie.pdf</t>
   </si>
   <si>
     <t>Ações de melhorias no Bairro Pinheiros</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/888/requerimento_187_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/888/requerimento_187_-_leslie.pdf</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/889/requerimento_188_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/889/requerimento_188_-_katia.pdf</t>
   </si>
   <si>
     <t>Instalação de bebedouro público com água potável nas proximidades do campo de futebol society do Poliesportivo.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/890/requerimento_189_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/890/requerimento_189_-_katia.pdf</t>
   </si>
   <si>
     <t>Solicitação de cumprimento da Lei Municipal nº 3.159/2024 e confecção das carteiras funcionais.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/891/requerimento_190_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/891/requerimento_190_-_katia.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações acerca do PSF Zona Norte</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/892/requerimento_191_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/892/requerimento_191_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Realização de estudo técnico e melhorias no trânsito da Avenida Progresso (Bairro Olaria)</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/893/requerimento_192_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/893/requerimento_192_-_alex.pdf</t>
   </si>
   <si>
     <t>Pintura e melhorias nas Ciclofaixas da Avenida Sanitária (Trechos I e II).</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/896/requerimento_193_joao_paulo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/896/requerimento_193_joao_paulo.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações acerca da conta específica do Distrito  Industrial I e III.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/895/requerimento_194_-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/895/requerimento_194_-_carlos.pdf</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_195_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_195_-_alex.pdf</t>
   </si>
   <si>
     <t>Asfaltamento da Rua das Acácias no Bairro Floresta.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_196_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_196_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Estudo técnico acerca das atividades insalubres desenvolvidas pelos servidores públicos do município de Arcos</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_197_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_197_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Revitalização dos canteiros das Avenidas Centrais de Arcos.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_198_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_198_-_alex.pdf</t>
   </si>
   <si>
     <t>Melhorias na infraestrutura e limpeza em geral de campo de futebol.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>Didier, Joãozinho, Orlando, Queijinho</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/902/requerimento_199-_alex_joao._queijinho_e_orlando.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/902/requerimento_199-_alex_joao._queijinho_e_orlando.pdf</t>
   </si>
   <si>
     <t>Alteração do Decreto Municipal nº 7.036 de 06/12/2024</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/904/requerimento_200_-_jaiane.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/904/requerimento_200_-_jaiane.pdf</t>
   </si>
   <si>
     <t>Instituição do Conselho Municipal dos Direitos Animais e criação do Fundo Municipal dos Direitos Animais.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/905/requerimento_201_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/905/requerimento_201_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Cumprimento da Lei Municipal nº 1.793 de 05/04/2000 e disponibilização de médicos urologistas de forma gratuita.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/906/requerimento_202_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/906/requerimento_202_-_alex.pdf</t>
   </si>
   <si>
     <t>Informações sobre transferência definitiva de imóvel na Comunidade Boca da Mata.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/907/requerimento_203_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/907/requerimento_203_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Capacitações profissionais e treinamento básico de libras para servidores municipais.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/908/requerimento_204_-_jaiane.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/908/requerimento_204_-_jaiane.pdf</t>
   </si>
   <si>
     <t>Informações sobre superávit financeiro e excesso de arrecadação.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/909/requerimento_205_-_jaiane.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/909/requerimento_205_-_jaiane.pdf</t>
   </si>
   <si>
     <t>Informações sobre gastos com festividades.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/913/requerimento_206_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/913/requerimento_206_-_katia.pdf</t>
   </si>
   <si>
     <t>Ilegalidade da Regência da Carreira de Secretário Escolar do Município _x000D_
 de Arcos/MG</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/914/requerimento_207_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/914/requerimento_207_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Encaminha demandas apresentadas pelos moradores da  Comunidade da Ilha.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/915/requerimento_208_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/915/requerimento_208_-_alex.pdf</t>
   </si>
   <si>
     <t>Ações de melhorias na Comunidade da Boa Vista</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/917/requerimento_209_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/917/requerimento_209_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Construção de canaletas para escoamento de águas pluviais.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/918/requerimento_210_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/918/requerimento_210_-_leslie.pdf</t>
   </si>
   <si>
     <t>Construção de canaletas, bueiros ou similares para escoamento de águas pluviais.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/919/requerimento_211_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/919/requerimento_211_-_leslie.pdf</t>
   </si>
   <si>
     <t>Obras para o escoamento das águas pluviais da Avenida Prefeito Zizo.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_212_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_212_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Serviços de reparos nos guarda-corpos às margens dos canais da  Avenida Sanitária (Trechos I e II)</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_213_-_orlando_e_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_213_-_orlando_e_queijinho.pdf</t>
   </si>
   <si>
     <t>Informações sobre convênios ou parcerias com o Sistema Prisional do Município.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/922/requerimento_214-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/922/requerimento_214-_carlos.pdf</t>
   </si>
   <si>
     <t>Disponibilização de serviço de transporte de pacientes para o Centro de Fisioterapia.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/923/requerimento_215-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/923/requerimento_215-_carlos.pdf</t>
   </si>
   <si>
     <t>Poda de árvores da Praça do Bairro São Judas.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/924/requerimento_216_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/924/requerimento_216_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Ações de melhorias diversas em prol da população.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/925/requerimento_217_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/925/requerimento_217_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Recapeamento na entrada do Distrito de Calciolândia.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_218_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_218_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Informações sobre o gerenciamento do auxílio alimentação dos servidores municipais.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/943/requerimento_219-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/943/requerimento_219-_carlos.pdf</t>
   </si>
   <si>
     <t>Instituição de linha de transporte específica para atender os universitários que estudam no IFMG – Campus Arcos.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/944/requerimento_220_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/944/requerimento_220_-_alex.pdf</t>
   </si>
   <si>
     <t>Informações sobre reversão de imóvel ao patrimônio público municipal.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/945/requerimento_221-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/945/requerimento_221-_genorinho.pdf</t>
   </si>
   <si>
     <t>Agilização de procedimento de afixação de placas informativas.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/948/requerimento_222_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/948/requerimento_222_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Estudo técnico de viabilidade de implementar “estacionamento proibido” em via.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/959/requerimento_223_-_jaiane.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/959/requerimento_223_-_jaiane.pdf</t>
   </si>
   <si>
     <t>Ações de melhorias no Terminal Rodoviário</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/964/requerimento_224_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/964/requerimento_224_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Contratação de Seguranças para o Poliesportivo.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/965/requerimento_225_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/965/requerimento_225_-_alex.pdf</t>
   </si>
   <si>
     <t>Criação de Centro de Recuperação Feminino</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/966/requerimento_226_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/966/requerimento_226_-_alex.pdf</t>
   </si>
   <si>
     <t>Processo licitatório para aquisição de banheiros químicos.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/970/requerimento_227_-_joao.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/970/requerimento_227_-_joao.pdf</t>
   </si>
   <si>
     <t>Informações sobre a aquisição de lixeiras.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/971/requerimento_228_-_joao.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/971/requerimento_228_-_joao.pdf</t>
   </si>
   <si>
     <t>Informações sobre o retorno da coleta seletiva.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_229__-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_229__-_carlos.pdf</t>
   </si>
   <si>
     <t>Estudo técnico-financeiro acerca da viabilidade de alugar imóvel para implantar estacionamento para veículos da saúde.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/979/requerimento_230__-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/979/requerimento_230__-_carlos.pdf</t>
   </si>
   <si>
     <t>Estruturação e adequações em passarela.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/983/requerimento_231_-_joao.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/983/requerimento_231_-_joao.pdf</t>
   </si>
   <si>
     <t>Informações sobre doação de cestas básicas.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/985/requerimento_232_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/985/requerimento_232_-_leslie.pdf</t>
   </si>
   <si>
     <t>Ponto de Atendimento Especializado da CEMIG</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/986/requerimento_233_-_leslie.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/986/requerimento_233_-_leslie.pdf</t>
   </si>
   <si>
     <t>Reforma e manutenção na quadra de esportes do Bairro Olaria</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/987/requerimento_234_-_joao.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/987/requerimento_234_-_joao.pdf</t>
   </si>
   <si>
     <t>Limpeza completa dos canais da Avenida João Vaz Sobrinho.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_235_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_235_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Informações sobre quantidade de pacientes com diabetes</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_236_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_236_-_alex.pdf</t>
   </si>
   <si>
     <t>Informações sobre funcionamento de estabelecimentos industriais em áreas residenciais</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/993/requerimento_237_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/993/requerimento_237_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Melhorias na Unidade Básica de Saúde do Bairro Santo Antônio</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/995/requerimento_238_-_joao.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/995/requerimento_238_-_joao.pdf</t>
   </si>
   <si>
     <t>Cópia de Laudos Técnicos de Inspeção Veicular.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/996/requerimento_239_-_joao.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/996/requerimento_239_-_joao.pdf</t>
   </si>
   <si>
     <t>Relação com o nome de servidores que compõem as equipes do CRAS e CREAS.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/997/requerimento_240_-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/997/requerimento_240_-_carlos.pdf</t>
   </si>
   <si>
     <t>Aquisição e instalação de aparelho de ar condicionado na Farmácia São José.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/999/requerimento_241_-_jaiane.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/999/requerimento_241_-_jaiane.pdf</t>
   </si>
   <si>
     <t>Informações sobre valores arrecadados através da COSIP.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/requerimento_242_-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/requerimento_242_-_carlos.pdf</t>
   </si>
   <si>
     <t>Limpeza em geral e manutenção na Rua Pains.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/requerimento_243_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/requerimento_243_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Implantação de corrimão central na escadaria da Igreja do Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/requerimento_244_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/requerimento_244_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Afixação de placa informativa na Rua São João Batista.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/requerimento_245_-_genorinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/requerimento_245_-_genorinho.pdf</t>
   </si>
   <si>
     <t>Criação do cargo comissionado de “Diretor do Departamento de Posturas Municipal.”</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1019/requerimento_246_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1019/requerimento_246_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Informações sobre ornamentação natalina.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/requerimento_247_-_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/requerimento_247_-_carlos.pdf</t>
   </si>
   <si>
     <t>Confecção de faixas de pedestres e afixação de placas de “Parada Obrigatória”.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/requerimento_248_-_orlando.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/requerimento_248_-_orlando.pdf</t>
   </si>
   <si>
     <t>Solicitação de instalação de braços de luz e lâmpadas de LED em vias públicas.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1024/requerimento_249_-_orlando.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1024/requerimento_249_-_orlando.pdf</t>
   </si>
   <si>
     <t>Reparos nas grades de proteção dos canais da Avenida Sanitária.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/requerimento_250_-_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/requerimento_250_-_alex.pdf</t>
   </si>
   <si>
     <t>Estudo de Viabilidade Técnica para Construção de Praça Pública na Comunidade da Boa Vista.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/requerimento_251_-_queijinho.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/requerimento_251_-_queijinho.pdf</t>
   </si>
   <si>
     <t>Informações sobre valores devidos pela Empresa FaceCard aos comerciantes de Arcos.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/requerimento_252_-_katia.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/requerimento_252_-_katia.pdf</t>
   </si>
   <si>
     <t>Aquisição de colchonetes para as creches municipais</t>
   </si>
   <si>
+    <t>1046</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1046/requerimento_253_-_joao.pdf</t>
+  </si>
+  <si>
+    <t>Regulamentação do pagamento anual do Abono Natalino dos servidores municipais através de lei municipal.</t>
+  </si>
+  <si>
+    <t>1052</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1052/requerimento_254_-_joao.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre valores referentes a eventos e serviços de publicidade no Orçamento Municipal de 2025.</t>
+  </si>
+  <si>
+    <t>1054</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1054/requerimento_255_-_carlos.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza em geral em áreas de entrada da cidade</t>
+  </si>
+  <si>
+    <t>1055</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1055/requerimento_256_-_carlos.pdf</t>
+  </si>
+  <si>
+    <t>Melhorias na iluminação da Praça Sinhô Berto</t>
+  </si>
+  <si>
+    <t>1056</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1056/requerimento_257_-_alex.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza em geral de Beco da Rua Capitão José Apolinário</t>
+  </si>
+  <si>
+    <t>1057</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>Informações sobre concessão de espaços públicos para exploração de comercial de alimentos.</t>
+  </si>
+  <si>
+    <t>1058</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1058/requerimento_259_-_alex.pdf</t>
+  </si>
+  <si>
+    <t>Construção de banheiro no Campo de Futebol do Bairro Juca Dias (Estádio Ronaldinho)</t>
+  </si>
+  <si>
+    <t>1059</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1059/requerimento_260_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Ações e tratativas realizadas entre Executivo e VLI Logística.</t>
+  </si>
+  <si>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1060/requerimento_261_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Afixação de placas proibitivas de circulação de motocicletas em passarela.</t>
+  </si>
+  <si>
+    <t>1063</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1063/requerimento_262_-_alex.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre o andamento do projeto de chacreamento em toda a extensão do município de Arcos/MG.</t>
+  </si>
+  <si>
+    <t>1064</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1064/requerimento_263-_katia.pdf</t>
+  </si>
+  <si>
+    <t>Criação do Cargo de Merendeira</t>
+  </si>
+  <si>
+    <t>1065</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1065/requerimento_264_-_katia.pdf</t>
+  </si>
+  <si>
+    <t>Incidência do adicional de 1/3 (um terço) sobre a remuneração relativa a todo período de férias dos profissionais do magistério de Arcos/MG.</t>
+  </si>
+  <si>
+    <t>1066</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1066/requerimento_265_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Serviço de poda de árvores</t>
+  </si>
+  <si>
+    <t>1067</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1067/requerimento_266_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre plano de ação para solucionar problema de falta de água.</t>
+  </si>
+  <si>
+    <t>1068</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1068/requerimento_267_-_alex.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre análise da água da mina</t>
+  </si>
+  <si>
+    <t>1069</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1069/requerimento_268_-_alex.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre o andamento da obra de implantação da Delegacia de Polícia Civil.</t>
+  </si>
+  <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1070/requerimento_269-_katia.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre redução da carga horária dos professores que se enquadram na Lei Municipal nº 3.008/2021.</t>
+  </si>
+  <si>
+    <t>1071</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1071/requerimento_270_-_queijinho.pdf</t>
+  </si>
+  <si>
+    <t>Confecção de canaletas em estrada municipal</t>
+  </si>
+  <si>
+    <t>1072</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1072/requerimento_271_-_queijinho.pdf</t>
+  </si>
+  <si>
+    <t>Estudo de viabilidade para implantação de um PACE – Posto Avançado de Coleta Externa no município de Arcos/MG</t>
+  </si>
+  <si>
+    <t>1075</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1075/requerimento_272_-_katia.pdf</t>
+  </si>
+  <si>
+    <t>Instituição do Conselho Municipal dos Direitos da Mulher</t>
+  </si>
+  <si>
+    <t>1076</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1076/requerimento_273_-_katia.pdf</t>
+  </si>
+  <si>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>Carlos, Queijinho</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1077/requerimento_274_-_queijinho_e_carlos.pdf</t>
+  </si>
+  <si>
+    <t>Revitalização completa da Praça Juca Vieira no Bairro Planalto</t>
+  </si>
+  <si>
+    <t>1078</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1078/requerimento_275_-_queijinho_e_carlos.pdf</t>
+  </si>
+  <si>
+    <t>Reforma da fachada da Unidade Básica de Saúde do Bairro Planalto</t>
+  </si>
+  <si>
+    <t>1079</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1079/requerimento_276-_queijinho_e_carlos.pdf</t>
+  </si>
+  <si>
+    <t>Melhorias na Unidade Básica de Saúde do Bairro Jardim Bela Vista</t>
+  </si>
+  <si>
+    <t>1080</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1080/requerimento_277_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Adequações na nomenclatura do cargo de Agente Comunitário de Saúde – ACS.</t>
+  </si>
+  <si>
+    <t>1081</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1081/requerimento_278_-_carlos.pdf</t>
+  </si>
+  <si>
+    <t>Ornamentação natalina na Avenida Laura Andrade</t>
+  </si>
+  <si>
+    <t>1082</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1082/requerimento_279_-_genorinho.pdf</t>
+  </si>
+  <si>
+    <t>Implementação de “mão única” na Rua dos Expedicionários.</t>
+  </si>
+  <si>
+    <t>1083</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1083/requerimento_280_-_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre saldo em caixa do Município de Arcos.</t>
+  </si>
+  <si>
+    <t>1093</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1093/requerimento_281_-_alex.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre imóvel localizado na Rua Capitão José _x000D_
+Apolinário.</t>
+  </si>
+  <si>
+    <t>1094</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1094/requerimento_282_-_todos.pdf</t>
+  </si>
+  <si>
+    <t>Melhorias na Comunidade da Ilha</t>
+  </si>
+  <si>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1095/requerimento_283_-_alex.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento do Código de Posturas com relação aos ruídos/sons emitidos por veículos.</t>
+  </si>
+  <si>
+    <t>1097</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1097/requerimento_284_-_alex.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de aparelho de ar condicionado no setor de TFD da FUMUSA.</t>
+  </si>
+  <si>
+    <t>1103</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1103/requerimento_285_-_alex.pdf</t>
+  </si>
+  <si>
+    <t>Aumento da remuneração dos médicos da Atenção Primária</t>
+  </si>
+  <si>
+    <t>1104</t>
+  </si>
+  <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1104/requerimento_286_-_carlos.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza de áreas públicas</t>
+  </si>
+  <si>
+    <t>1105</t>
+  </si>
+  <si>
+    <t>287</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1105/requerimento_287-_joaozinho.pdf</t>
+  </si>
+  <si>
+    <t>Melhorias na Praça Martins Dias</t>
+  </si>
+  <si>
+    <t>1106</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1106/requerimento_288_-_leslie.pdf</t>
+  </si>
+  <si>
+    <t>Apoio ao Clube Arcoense Renovação de Vida</t>
+  </si>
+  <si>
+    <t>1107</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1107/requerimento_289_-_genorinho.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de cumprimento da Lei Municipal nº 2.980/2021.</t>
+  </si>
+  <si>
+    <t>1108</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1108/requerimento_290_-_katia.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre o IFA – Incentivo Financeiro Adicional dos ACS (Agentes Comunitários de Saúde) e ACE (Agentes de Combate a Endemias)</t>
+  </si>
+  <si>
+    <t>1109</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1109/requerimento_291_-_katia.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre o rateio do FUNDEB</t>
+  </si>
+  <si>
+    <t>1110</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1110/requerimento_292_-_joaozinho_e_jaiane.pdf</t>
+  </si>
+  <si>
+    <t>Cópia de relatório ou laudo acerca do adicional de _x000D_
+insalubridade.</t>
+  </si>
+  <si>
+    <t>1111</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>CTARMACI - Comissão Transportes, Área Rural, Meio Ambiente, Comércio E Indústria</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1111/requerimento_293_-__comissao_de_meio_ambiente.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre o Aterro Sanitário</t>
+  </si>
+  <si>
+    <t>1112</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1112/requerimento_294_-_alex.pdf</t>
+  </si>
+  <si>
+    <t>Aumento da remuneração dos Servidores Públicos Municipais e melhorias no plano de carreira</t>
+  </si>
+  <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1113/requerimento_295_-_queijinho.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza em geral no Bairro Fortunato Rezende</t>
+  </si>
+  <si>
     <t>571</t>
   </si>
   <si>
     <t>Em</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CFOTC - Comissão de Finanças, Orçamento e Tomada de Contas, CLJR - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/571/emenda_no_001-2025_plo_001-2025_exec.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/571/emenda_no_001-2025_plo_001-2025_exec.pdf</t>
   </si>
   <si>
     <t>Emenda Supressiva de autoria da Comissão de Legislação, Justiça e Redação Final e da Comissão de Finanças, Orçamento e Tomada de Contas ao Projeto de Lei Ordinária nº 001/2025, que DISPÕE SOBRE A REVISÃO ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS DE ARCOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/573/proposta_de_emenda_002_de_2025_-_revoga_o__4o_do_art._24.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/573/proposta_de_emenda_002_de_2025_-_revoga_o__4o_do_art._24.pdf</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/599/emenda_no_003-2025_plo_009-2025_exec.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/599/emenda_no_003-2025_plo_009-2025_exec.pdf</t>
   </si>
   <si>
     <t>Emendas Modificativas de autoria da Comissão de Legislação, Justiça e Redação Final ao Projeto de Lei Ordinária nº 009/2025, que AUTORIZA A CESSÃO TEMPORÁRIA DE SERVIDOR MUNICIPAL A OUTRO ÓRGÃO OU ENTIDADE DOS PODERES DA UNIÃO, DOS ESTADOS, DO DISTRITO FEDERAL E DOS MUNICÍPIOS, ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº. 3.066/2023 E DÁ OUTRAS PROVIDÊNCIAS;</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/641/emenda_no_004-2025_plo_010-2025_exec.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/641/emenda_no_004-2025_plo_010-2025_exec.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria da Comissão de Legislação, Justiça e Redação Final ao Projeto de Lei Ordinária nº 010/2025, que AUTORIZA O MUNICÍPIO DE ARCOS/MG A PROMOVER A CONCESSÃO DE USO DE CADEIRAS DE RODAS À SOCIEDADE DE APOIO AO PACIENTE COM CÂNCER DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>CSAS - Comissão Saúde e Assistência Social</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/655/emenda_no_005-2025_plo_010-2025_exec.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/655/emenda_no_005-2025_plo_010-2025_exec.pdf</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/668/emenda_no_006-2025_plc_001-2025_exec.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/668/emenda_no_006-2025_plc_001-2025_exec.pdf</t>
   </si>
   <si>
     <t>Emenda Supressiva e Modificativa de autoria da Comissão de Legislação, Justiça e Redação Final e Comissão de Finanças, Orçamento e Tomada de Constas ao Projeto de Lei Complementar nº 002/2025, que AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/754/emenda_no_007-2025_plo_016-2025_exec.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/754/emenda_no_007-2025_plo_016-2025_exec.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva de autoria do Vereador João Paulo Ferreira, ao Projeto de Lei Ordinária nº 016/2025 do Executivo Municipal.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/878/emenda_no_008-2025_plo_019-2025_exec.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/878/emenda_no_008-2025_plo_019-2025_exec.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria do Vereador João Paulo Ferreira ao Projeto de Lei Ordinária nº 019/2025 do Executivo Municipal.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/879/emenda_no_009-2025_plo_019-2025_exec.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/879/emenda_no_009-2025_plo_019-2025_exec.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de autoria da Vereadora Kátia Mateus de Moura Sousa ao Projeto de Lei Ordinária nº 019/2025 do Executivo Municipal.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/emenda_no_010-2025_projeto_de_resolucao_n_05-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/emenda_no_010-2025_projeto_de_resolucao_n_05-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE RESOLUÇÃO Nº 005/2025 DE AUTORIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1005/emenda_no_011-2025_projeto_de_resolucao_n_06-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1005/emenda_no_011-2025_projeto_de_resolucao_n_06-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE RESOLUÇÃO Nº 006/2025 DE AUTORIA DA MESA DIRETORA.</t>
   </si>
   <si>
+    <t>1099</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1099/emenda_no_012-2025__plc_026-2025_exec.pdf</t>
+  </si>
+  <si>
+    <t>EMENDAS MODIFICATIVAS E SUPRESSIVAS AO PROJETO DE LEI COMPLEMENTAR Nº 026/2025 (LDO).</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1100/emenda_no_013-2025__plc_028-2025_exec_ii.pdf</t>
+  </si>
+  <si>
+    <t>EMENDAS MODIFICATIVAS AO PROJETO DE LEI COMPLEMENTAR Nº 028/2025 (LOA).</t>
+  </si>
+  <si>
     <t>750</t>
   </si>
   <si>
     <t>RV</t>
   </si>
   <si>
     <t>Razões de Veto</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/750/mensagem_de_veto_01_de_24_de_abril_de_2025_ao_pl_009_2025_realizacao_de_exames_oftalmologicos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/750/mensagem_de_veto_01_de_24_de_abril_de_2025_ao_pl_009_2025_realizacao_de_exames_oftalmologicos.pdf</t>
   </si>
   <si>
     <t>Razões de Veto ao Projeto de Lei Ordinária nº 009/2025, de autoria do Vereador Hernane Honório Dias, que DISPÕE SOBRE A OBRIGATORIEDADE DA REALIZAÇÃO DE EXAMES OFTALMOLÓGICOS PARA OS ALUNOS MATRICULADOS NA REDE PÚBLICA MUNICIPAL DE ENSINO A PARTIR DOS QUATRO ANOS DE IDADE.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/781/mensagem_de_veto_02_de_15_de_maio_de_2025_ao_pl_013_2025_obriga_o_poder_publico_a_custear_tenis_junto_ao_uniforme_escolar.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/781/mensagem_de_veto_02_de_15_de_maio_de_2025_ao_pl_013_2025_obriga_o_poder_publico_a_custear_tenis_junto_ao_uniforme_escolar.pdf</t>
   </si>
   <si>
     <t>Razões de veto ao Projeto de Lei nº 013/2025 de autoria do vereador Hernane Honório Dias, que “Obriga o poder público a custear, como parte do uniforme escolar, um par de tênis aos alunos da rede pública municipal de ensino”.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/785/mensagem_de_veto_03_de_21_de_maio_de_2025_ao_pl_011_2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/785/mensagem_de_veto_03_de_21_de_maio_de_2025_ao_pl_011_2025.pdf</t>
   </si>
   <si>
     <t>Razões de Veto nº 003/2025 ao Projeto de Lei nº 011/2025 de autoria dos Vereadores Alex Gracieres Ribeiro, João Paulo Ferreira e Orlando Martins Ferreira.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/804/mensagem_de_veto_04_de_03_de_junho_de_2025_reserva_de_vagas_para_artistas_locais.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/804/mensagem_de_veto_04_de_03_de_junho_de_2025_reserva_de_vagas_para_artistas_locais.pdf</t>
   </si>
   <si>
     <t>Veto Parcial ao Projeto de Lei nº 015/2025 de autoria da Vereadora Leslie Mariana Silva Costa.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/805/mensagem_de_veto_05_de_03_de_junho_de_2.025_ao_projeto_de_lei_014-2025_-_leito_separado_maes_de_natimorto_e_obito_fetal_3.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/805/mensagem_de_veto_05_de_03_de_junho_de_2.025_ao_projeto_de_lei_014-2025_-_leito_separado_maes_de_natimorto_e_obito_fetal_3.pdf</t>
   </si>
   <si>
     <t>Veto Integral ao Projeto de Lei Ordinária nº 014/2025 de autoria da Vereadora Kátia Mateus de Moura Sousa.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/818/mensagem_de_veto_06_de_16_de_junho_de_2025_ao_pl_19_2025_programa_de_emprego_e_apoio_para_maes_solo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/818/mensagem_de_veto_06_de_16_de_junho_de_2025_ao_pl_19_2025_programa_de_emprego_e_apoio_para_maes_solo.pdf</t>
   </si>
   <si>
     <t>Veto Integral ao Projeto de Lei Ordinária nº 019/2025 da Vereadora Kátia Mateus de Moura Sousa.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1011/veto_pl_029-2025_ver._jaiane.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1011/veto_pl_029-2025_ver._jaiane.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO PROJETO DE LEI ORDINÁRIA Nº 029/2025 DA VEREADORA JAIANE FÁTIMA SOARES QUE "ALTERA A LEI MUNICIPAL Nº 1.934, DE 31 DE DEZEMBRO DE 2002, QUE DISPÕE SOBRE A CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA NO MUNICÍPIO DE ARCOS/MG."</t>
   </si>
   <si>
+    <t>1061</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1061/mensagem__de_veto_no_08_de_06_de_novembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Veto integral ao Projeto de Lei Ordinária nº 036/2025 do Vereador Alex Gracieres Ribeiro.</t>
+  </si>
+  <si>
     <t>773</t>
   </si>
   <si>
     <t>PLS</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Substitutivo)</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/773/plo_014-2025_substitutivo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/773/plo_014-2025_substitutivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GRATIFICAÇÃO DE PRODUTIVIDADE FISCAL - GPF AOS SERVIDORES OCUPANTES DO CARGO DE FISCAL DE TRIBUTAÇÃO MUNICIPAL, NO ÂMBITO DO MUNICÍPIO DE ARCOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1037/plo_023-2025_substitutivo.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1037/plo_023-2025_substitutivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DO CENTRO DE ATENDIMENTO EDUCACIONAL ESPECIALIZADO "MARLI ROSA DA SILVA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>DEST.</t>
   </si>
   <si>
     <t>Destaque</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1028/destaque_no_01-2025_-_art._3o_do_projeto_de_resolucao_no_005-2025.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1028/destaque_no_01-2025_-_art._3o_do_projeto_de_resolucao_no_005-2025.pdf</t>
   </si>
   <si>
     <t>DESTAQUE AO ART. 3º DO PROJETO DE RESOLUÇÃO Nº 05/2025 QUE CRIA A OUVIDORIA LEGISLATIVA DA CÂMARA MUNICIPAL DE ARCOS/MG E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5457,67 +6254,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/582/emendas_plo_008-2025_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/741/emendas_modificativas_plo_015-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/803/emenda_plc_016-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/601/indicacao_01_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao_02_carlos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_03_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/617/indicacao_04_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/618/indicacao_05_alex.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/619/indicacao_06_alex.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/635/indicacao_07_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/647/indicacao_08_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/657/indicacao_09_carlos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/658/indicacao_10_alex.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/664/indicacao_11_alex.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/676/indicacao_12_katia.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/677/indicacao_13_katia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/681/indicacao_14_katia.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/680/indicacao_15_carlos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/688/indicacao_16_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/697/indicacao_17_alex.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_18_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_19_katia.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_20_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_21_alex.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/678/projeto_de_decreto_legislativo_01-2025__-_mocao_honrosa_therezinha_correa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/762/projeto_de_decreto_legislativo_02-2025_cidadao_honorario_lucas_vieira.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/784/projeto_de_decreto_legislativo_03-2025_cidada_honoraria_carol_caram.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/828/projeto_de_decreto_legislativo_04-2025_boina_de_ouro_tenente_rhuan_arantes.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/834/projeto_de_decreto_legislativo_05-2025_cidada_honoraria_dra._rosita_otoni_pimenta.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/851/projeto_de_decreto_legislativo_06-2025__-_mocao_honrosa_ronaldo_goncalves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_decreto_legislativo_07-2025__-_mocao_honrosa_basquetebol_feminino.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/885/projeto_de_decreto_legislativo_08-2025__-_mocao_honrosa_ismeraldino_beirigo_da_silva.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_decreto_legislativo_09-2025__-_mocao_de_aplausos_grupo_guerreiros_da_arte.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/901/projeto_de_decreto_legislativo_010-2025_honra_ao_merito_toninho_claret.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/910/projeto_de_decreto_legislativo_011-2025_honra_ao_merito_clesio_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_decreto_legislativo_012-2025_honraria_amor_por_4_patas_-_ernestina.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/931/projeto_de_decreto_legislativo_013-2025_medalha_maria_dos_reis_-_geraldo_adriano_da_silva.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/932/projeto_de_decreto_legislativo_014-2025_medalha_maria_dos_reis_-_irani_aparecida_de_oliveira_miranda.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/933/projeto_de_decreto_legislativo_015-2025_honraria_amor_por_4_patas_-_xenia.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/934/projeto_de_decreto_legislativo_016-2025__-_mocao_de_aplausos_pacientes_da_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_decreto_legislativo_017-2025_medalha_maria_dos_reis_-_ana_claudia_thomazini.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/936/projeto_de_decreto_legislativo_018-2025_medalha_maria_dos_reis_-juscelina_francisca_vidal.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/937/projeto_de_decreto_legislativo_019-2025_medalha_maria_dos_reis_-_maria_aparecida_alves.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_decreto_legislativo_020-2025_honraria_amor_por_4_patas_-_lucrecia.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/939/projeto_de_decreto_legislativo_021-2025_honraria_amor_por_4_patas_-_maria_romilda.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/940/projeto_de_decreto_legislativo_022-2025_honraria_amor_por_4_patas_-_genoveva.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/941/projeto_de_decreto_legislativo_023-2025_honraria_amor_por_4_patas_-_lucimar.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/946/projeto_de_decreto_legislativo_024-2025_medalha_maria_dos_reis_-_vania_longobardi.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/947/projeto_de_decreto_legislativo_025-2025_honraria_amor_por_4_patas_-_vanderlei_gavaaa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/953/projeto_de_decreto_legislativo_026-2025_medalha_maria_dos_reis_-_francielle_alves.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/954/projeto_de_decreto_legislativo_027-2025_honraria_amor_por_4_patas_-_marilene_soraggi.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_de_decreto_legislativo_028-2025__-_mocao_de_aplausos_coordenadores_do_ejc.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_decreto_legislativo_029-2025__-_mocao_de_honrosa_regentes_de_fanfarras.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_decreto_legislativo_030-2025__-_mocao_de_aplausos_atleta_ricardo_handi.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_decreto_legislativo_031-2025_medalha_maria_dos_reis-_antonio_campos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_decreto_legislativo_032-2025_medalha_maria_dos_reis-_edna_barbosa.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/975/projeto_de_decreto_legislativo_033-2025_honraria_amor_por_4_patas_-_romilda_ramos.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/976/projeto_de_decreto_legislativo_034-2025_honraria_obrigado_servidor_-_aposentados.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/977/projeto_de_decreto_legislativo_035-2025_cidada_honoraria_greyce_elias.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/990/projeto_de_decreto_legislativo_036-2025__-_mocao_honrosa_donizete_antonio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/991/projeto_de_decreto_legislativo_037-2025_honra_ao_merito_adriana_de_castro_neves.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1009/projeto_de_decreto_legislativo_038-2025_honra_ao_merito_dr._luciano_carvalho.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1010/projeto_de_decreto_legislativo_039-2025_honra_ao_merito_dra._daniella_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1012/projeto_de_decreto_legislativo_040-2025_cidada_honoraria_edna_maria_de_paula.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1013/projeto_de_decreto_legislativo_041-2025_cidadao_honorario_jeremias_goncalves.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/projeto_de_decreto_legislativo_042-2025_honra_ao_merito_noe_brito.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/projeto_de_decreto_legislativo_043-2025_cidada_honoraria_luciene_geralda_leao_soares.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/projeto_de_decreto_legislativo_044-2025_honra_ao_merito_robison_rone_pimentel.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_decreto_legislativo_045-2025_honra_ao_merito_jose_mauricio_patrola.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/projeto_de_decreto_legislativo_046-2025__-_honra_ao_merito_marley_assuncao.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1027/projeto_de_decreto_legislativo_047-2025__-_mocao_honrosa_sandro_contins.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_decreto_legislativo_048-2025__-_cidada_honoraria_clemencia.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1032/projeto_de_decreto_legislativo_049-2025_cidadao_honorario_dr._tales_lamas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1039/projeto_de_decreto_legislativo_050-2025__-_cidada_honoraria_zalfa_minucci.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1038/projeto_de_decreto_legislativo_051-2025__-_cidadao_honorario_carmo_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1033/projeto_de_decreto_legislativo_052-2025__-_honra_ao_merito_geraldo_moura.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1034/projeto_de_decreto_legislativo_053-2025_aprovacao_das_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1035/projeto_de_decreto_legislativo_054-2025__-_cidadao_honorario_alexandre_salviano.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1036/projeto_de_decreto_legislativo_055-2025__-_mocao_honrosa_miss_infantil_alice_narciso.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1040/projeto_de_decreto_legislativo_056-2025__-_cidada_honoraria_rosana_aparecida_costa_e_carvalho.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1041/projeto_de_decreto_legislativo_057-2025__-_honra_ao_merito_rogerio_rosa_ferreira.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1042/projeto_de_decreto_legislativo_058-2025__-_honra_ao_merito_giovana_paula_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_decreto_legislativo_059-2025__-_honra_ao_merito_lucas_sousa_macedo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/584/proposta_de_emenda_a_lei_organica_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/594/proposta_de_emenda_002_de_2025_-_revoga_o__4o_do_art._24.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/724/proposta_de_emenda_a_lei_organica_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/816/proposta_de_emenda_004_de_2025_-_revoga_os__9o_e_15_do_art._165.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/proposta_de_emenda_005_de_2025_-_altera_o_art._165.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/570/plo_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/574/plo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/575/plo_003-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/576/plo_004-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/577/plo_005-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/578/plo_006-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/579/plo_007-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/580/plo_008-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/581/plo_009-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/620/plo_010-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/622/plo_011-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/665/plo_012-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/693/plo_013-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/694/plo_014-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/718/plo_015-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/740/plo_016-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/783/plo__017-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/808/plo_018-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/843/plo_019-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/916/plo_020-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/972/plo_021-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/984/plo_022-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/plo_023-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1043/plo_024-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_no_001-2025_-_reajuste_dos_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_no_002-2025_dia_municipal_da_lingua_de_sinais_-_libras.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/616/projeto_de_lei_no_003-2025_-_politica_dos_direitos_animais.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/628/projeto_de_lei_no_004-2025_-_programa_municipal_de_prevencao_e_controle_do_diabetes_nas_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_lei_no_005-2025_-_honraria_amor_de_4_patas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_de_lei_no_006-2025_-_acompanhante_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_lei_no_007-2025_-_campanha_municipal_coracao_de_mulher.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_no_008-2025_-_lei_lucas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/687/projeto_de_lei_no_009-2025_-_exames_oftamologicos_aos_alunos.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/689/projeto_de_lei_no_010-2025_-_lei_prioridade.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_no_011-2025_-_faixas_de_dominio_ferroviario.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/720/projeto_de_lei_no_012-2025_-_botao_de_emergencia_contra_a_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_no_013-2025_-_fornecimento_de_par_de_tenis_aos_alunos.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/755/projeto_de_lei_no_014-2025_-_leitos_separados_para_parturientes.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/756/projeto_de_lei_no_015-2025_-_reserva_de_vagas_para_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_lei_no_016-2025_-_mes_maio_furta-cor.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_no_017-2025_-_placas_informativas_em_ubs.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/779/projeto_de_lei_no_018-2025_-_campanha_de_protecao_a_pessoa_idosa_contra_fraudes_no_comercio_digital.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_lei_no_019-2025_-_programa_de_emprego_as_maes_solo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/835/projeto_de_lei_no_020-2025_-_remuneracao_do_assessor_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/855/projeto_de_lei_no_021-2025_-_cria_programa_de_estagio.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_no_022-2025_-_bebedouros_publicos.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_no_023-2025_-_semana_da_pessoa_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/871/projeto_de_lei_no_024-2025_-_atendimento_prioritario_a_maes_e_pais_atipicos.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/903/projeto_de_lei_no_025-2025_-_agosto_lilas.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/911/projeto_de_lei_no_026-2025_-_politica_de_enfrentamento_a_violencia_contra_a_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/912/projeto_de_lei_no_027-2025_-_criacao_de_caes_racas_especificas.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_no_028-2025_-_proibicao_de_musicas_que_promovam_violencia_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/957/projeto_de_lei_no_029-2025_-_jaiane_-_alteracao_da_lei_da_cosip.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/968/projeto_de_lei_no_032-2025_-_seguranca_dos_equipamentos_infantis.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_no_033-2025_-_programa_municipal_do_trabalhador_de_limpeza_urbana.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/974/projeto_de_lei_no_034-2025_-__utilidade_publica_associacao_arcoense_de_ciclismo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/994/projeto_de_lei_no_035-2025_-_alteracao_da_denominacao_do_cargo_de_auxiliar_de_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/992/projeto_de_lei_no_036-2025_-_instalacao_de_cameras_em_onibus_escolares.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/998/projeto_de_lei_no_037-2025_-_carlos_-_lgbtqia_recuperacao_automatica.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1006/projeto_de_lei_no_038-2025_-_leslie_-_politica_de_prevencao_ao_furto_e_receptacao_de_cabos_e_fios.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1008/projeto_de_lei_no_039-2025_-_queijinho_-_sensor_de_monitoramento_continuo_de_glicose.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/projeto_de_lei_no_040-2025_-__joao_paulo_utilidade_publica_rede_cidada.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/636/plc_001-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/637/plc_002-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/638/plc_003-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/639/plc_004-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/651/plc_005-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/652/plc_006-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/653/plc_007-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/654/plc_008-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/695/plc_009-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/696/plc_010-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/704/plc_011-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/705/plc_012-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/711/plc_013-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/733/plc_014-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/742/plc_015-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/786/plc_016-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/806/plc_017-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/807/plc_018_-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/836/plc_019-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/856/plc_020-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/857/plc_021-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/858/plc_022-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/859/plc_023-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/883/plc_024-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/894/plc_025-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/926/plc_026-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/927/plc_027-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/928/plc_028-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/949/plc_029-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/950/plc_030-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/951/plc_031-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/952/plc_032-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/980/plc_033-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/981/plc_034-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/838/projeto_de_lei_complementar_001-2025_-_acresce_o_inciso_iv_ao_art._166.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/884/projeto_de_lei_complementar_002-2025_-_altera_o_artigo_168_do_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/967/projeto_de_lei_complementar_003-2025_-_aperfeicoa_o_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_resolucao_no_02-2025_alteracao_regimento.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/656/projeto_de_resolucao_no_03-2025_revogacao_de_artigos_do_regimento.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/830/projeto_de_resolucao_no_04-2025_-_altera_a_resolucao_892.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/955/projeto_de_resolucao_no_05-2025_-_criacao_da_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/956/projeto_de_resolucao_no_06-2025_-_regulamenta_a_lgpd.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_resolucao_no_07-2025_-_altera_a_resolucao_do_pat.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/projeto_de_resolucao_no_08-2025_alteracao_regimento.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/583/requerimento_01_-_katia_jaiane_leslie.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/585/requerimento_02_-_katia.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/586/requerimento_03_-_alex.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/587/requerimento_04_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/588/requerimento_05_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/589/requerimento_06_-_katia.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/590/requerimento_07_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/591/requerimento_08_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/592/requerimento_09_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/596/requerimento_10_-_katia.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_11_-_katia.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/598/requerimento_12_-_joao_paulo_e_orlando.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/600/requerimento_13_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/605/requerimento_14_-_alex.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/606/requerimento_15_-_alex.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/607/requerimento_16_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/608/requerimento_17_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/609/requerimento_18_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/610/requerimento_19_-_alex.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/612/requerimento_20_-_alex.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/613/requerimento_21-_alex.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/614/requerimento_22-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/615/requerimento_23-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/621/requerimento_24_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/623/requerimento_25_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/624/requerimento_26_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/625/requerimento_27-_carlos.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/626/requerimento_28_queijinho.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/627/requerimento_29_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/629/requerimento_30_queijinho.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/631/requerimento_31_orlando.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento_32_orlando.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/633/requerimento_33_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/634/requerimento_34_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/642/requerimento_35_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/643/requerimento_36-_alex.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/644/requerimento_37_-_alex.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/645/requerimento_38_-_alex.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/646/requerimento_39_orlando.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/649/requerimento_40_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/650/requerimento_41_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/659/requerimento_42_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_43_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_44_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/662/requerimento_45_-_alex.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_46_-_katia.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_47_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_48_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_49_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_50_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/673/requerimento_51_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_52_-_katia.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/675/requerimento_53_-_katia.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_54_leslie.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/682/requerimento_55_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/683/requerimento_56_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/684/requerimento_57_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/685/requerimento_58_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_59_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/690/requerimento_60_-_katia.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_61_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/692/requerimento_62_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/698/requerimento_63_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_64-_katia.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_65-_katia.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_66_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_67_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_68_leslie.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/707/requerimento_69_leslie.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_70_leslie.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_71_leslie.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_72_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_73-_katia.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_74_-_alex.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_75_-_alex.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/716/requerimento_76_jaiane_e_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/717/requerimento_77_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/719/requerimento_78_-_alex.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/721/requerimento_79_-_alex.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/722/requerimento_80_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/723/requerimento_81_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/725/requerimento_82_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/726/requerimento_83_-_katia.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/727/requerimento_84_-_katia.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_85_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/729/requerimento_86_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_87_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/732/requerimento_88-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/734/requerimento_89_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/735/requerimento_90_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/736/requerimento_91_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/737/requerimento_92_-_alex.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/738/requerimento_93_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/743/requerimento_94_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/744/requerimento_95_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/746/requerimento_96_-_katia.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/747/requerimento_97_-_alex.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/748/requerimento_98_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/749/requerimento_99_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/751/requerimento_100_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/752/requerimento_101_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/753/requerimento_102_-_katia.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_103_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/759/requerimento_104_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/760/requerimento_105_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/761/requerimento_106_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_107_-_queijinho_e_orlando.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/765/requerimento_108_-_jaiane_e_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/766/requerimento_109_-_katia.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/767/requerimento_110_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_111_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_112_-_alex.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/770/requerimento_113_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/771/requerimento_114_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/772/requerimento_115_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/775/requerimento_116_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/776/requerimento_117_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/777/requerimento_118-_katia.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/778/requerimento_119-_katia.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/782/requerimento_120-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/788/requerimento_122_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/789/requerimento_123_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/790/requerimento_124-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/791/requerimento_125-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/792/requerimento_126_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/793/requerimento_127-_leslie.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/794/requerimento_128-_leslie.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/795/requerimento_129_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/796/requerimento_130_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/797/requerimento_131-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/798/requerimento_132_-_alex.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/799/requerimento_133_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/800/requerimento_134-_katia.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/801/requerimento_135_-_alex.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/802/requerimento_136_-_alex.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/809/requerimento_137_-_alex_e_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/810/requerimento_138_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/811/requerimento_139_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/812/requerimento_140_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/813/requerimento_141_-_queijinho_e_orlando.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/814/requerimento_142_-_queijinho_e_orlando.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/815/requerimento_143_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/817/requerimento_144_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/819/requerimento_145-_katia.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/820/requerimento_146_-_queijinho_orlando_e_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/821/requerimento_147_-_queijinho_e_orlando.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/822/requerimento_148_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/823/requerimento_149_-_alex.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/824/requerimento_150_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/825/requerimento_151_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/826/requerimento_152_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/827/requerimento_153-_katia.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/829/requerimento_154_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/832/requerimento_155_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/833/requerimento_156_-_alex.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/839/requerimento_157_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/840/requerimento_158_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/841/requerimento_159_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/842/requerimento_160_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/844/requerimento_161_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/845/requerimento_162_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/846/requerimento_163-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/847/requerimento_164-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_165-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_166-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/854/requerimento_167_-_joao_paulo_e_jaiane.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_168_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_169_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_170_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/863/requerimento_171_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/864/requerimento_172_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/865/requerimento_173_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/867/requerimento_174_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/869/requerimento_175_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/870/requerimento_176_-_alex.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/872/requerimento_177_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/873/requerimento_178_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_179_-_katia.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/875/requerimento_180_-_queijinho_orlando.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/876/requerimento_181_-_queijinho_orlando.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/877/requerimento_182_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/880/requerimento_183_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/881/requerimento_184_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/882/requerimento_185_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/887/requerimento_186_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/888/requerimento_187_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/889/requerimento_188_-_katia.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/890/requerimento_189_-_katia.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/891/requerimento_190_-_katia.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/892/requerimento_191_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/893/requerimento_192_-_alex.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/896/requerimento_193_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/895/requerimento_194_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_195_-_alex.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_196_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_197_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_198_-_alex.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/902/requerimento_199-_alex_joao._queijinho_e_orlando.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/904/requerimento_200_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/905/requerimento_201_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/906/requerimento_202_-_alex.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/907/requerimento_203_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/908/requerimento_204_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/909/requerimento_205_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/913/requerimento_206_-_katia.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/914/requerimento_207_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/915/requerimento_208_-_alex.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/917/requerimento_209_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/918/requerimento_210_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/919/requerimento_211_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_212_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_213_-_orlando_e_queijinho.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/922/requerimento_214-_carlos.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/923/requerimento_215-_carlos.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/924/requerimento_216_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/925/requerimento_217_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_218_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/943/requerimento_219-_carlos.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/944/requerimento_220_-_alex.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/945/requerimento_221-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/948/requerimento_222_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/959/requerimento_223_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/964/requerimento_224_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/965/requerimento_225_-_alex.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/966/requerimento_226_-_alex.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/970/requerimento_227_-_joao.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/971/requerimento_228_-_joao.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_229__-_carlos.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/979/requerimento_230__-_carlos.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/983/requerimento_231_-_joao.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/985/requerimento_232_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/986/requerimento_233_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/987/requerimento_234_-_joao.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_235_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_236_-_alex.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/993/requerimento_237_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/995/requerimento_238_-_joao.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/996/requerimento_239_-_joao.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/997/requerimento_240_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/999/requerimento_241_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/requerimento_242_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/requerimento_243_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/requerimento_244_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/requerimento_245_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1019/requerimento_246_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/requerimento_247_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/requerimento_248_-_orlando.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1024/requerimento_249_-_orlando.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/requerimento_250_-_alex.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/requerimento_251_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/requerimento_252_-_katia.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/571/emenda_no_001-2025_plo_001-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/573/proposta_de_emenda_002_de_2025_-_revoga_o__4o_do_art._24.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/599/emenda_no_003-2025_plo_009-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/641/emenda_no_004-2025_plo_010-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/655/emenda_no_005-2025_plo_010-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/668/emenda_no_006-2025_plc_001-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/754/emenda_no_007-2025_plo_016-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/878/emenda_no_008-2025_plo_019-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/879/emenda_no_009-2025_plo_019-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/emenda_no_010-2025_projeto_de_resolucao_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1005/emenda_no_011-2025_projeto_de_resolucao_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/750/mensagem_de_veto_01_de_24_de_abril_de_2025_ao_pl_009_2025_realizacao_de_exames_oftalmologicos.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/781/mensagem_de_veto_02_de_15_de_maio_de_2025_ao_pl_013_2025_obriga_o_poder_publico_a_custear_tenis_junto_ao_uniforme_escolar.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/785/mensagem_de_veto_03_de_21_de_maio_de_2025_ao_pl_011_2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/804/mensagem_de_veto_04_de_03_de_junho_de_2025_reserva_de_vagas_para_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/805/mensagem_de_veto_05_de_03_de_junho_de_2.025_ao_projeto_de_lei_014-2025_-_leito_separado_maes_de_natimorto_e_obito_fetal_3.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/818/mensagem_de_veto_06_de_16_de_junho_de_2025_ao_pl_19_2025_programa_de_emprego_e_apoio_para_maes_solo.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1011/veto_pl_029-2025_ver._jaiane.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/773/plo_014-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1037/plo_023-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1028/destaque_no_01-2025_-_art._3o_do_projeto_de_resolucao_no_005-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1084/emenda_impositiva_alex.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1085/emenda_impositiva_carlos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1086/emenda_impositiva_hernane.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1087/emenda_impositiva_jaiane.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1088/emenda_impositiva_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1089/emenda_impositiva_jose_agenor.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1090/emenda_impositiva_katia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1091/emenda_impositiva_leslie.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1092/emenda_impositiva_orlando.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/582/emendas_plo_008-2025_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/741/emendas_modificativas_plo_015-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/803/emenda_plc_016-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/601/indicacao_01_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao_02_carlos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_03_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/617/indicacao_04_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/618/indicacao_05_alex.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/619/indicacao_06_alex.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/635/indicacao_07_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/647/indicacao_08_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/657/indicacao_09_carlos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/658/indicacao_10_alex.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/664/indicacao_11_alex.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/676/indicacao_12_katia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/677/indicacao_13_katia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/681/indicacao_14_katia.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/680/indicacao_15_carlos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/688/indicacao_16_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/697/indicacao_17_alex.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_18_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_19_katia.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_20_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_21_alex.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_22_alex.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1114/indicacao_23_alex.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1116/indicacao_24_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/678/projeto_de_decreto_legislativo_01-2025__-_mocao_honrosa_therezinha_correa.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/762/projeto_de_decreto_legislativo_02-2025_cidadao_honorario_lucas_vieira.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/784/projeto_de_decreto_legislativo_03-2025_cidada_honoraria_carol_caram.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/828/projeto_de_decreto_legislativo_04-2025_boina_de_ouro_tenente_rhuan_arantes.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/834/projeto_de_decreto_legislativo_05-2025_cidada_honoraria_dra._rosita_otoni_pimenta.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/851/projeto_de_decreto_legislativo_06-2025__-_mocao_honrosa_ronaldo_goncalves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_decreto_legislativo_07-2025__-_mocao_honrosa_basquetebol_feminino.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/885/projeto_de_decreto_legislativo_08-2025__-_mocao_honrosa_ismeraldino_beirigo_da_silva.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_decreto_legislativo_09-2025__-_mocao_de_aplausos_grupo_guerreiros_da_arte.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/901/projeto_de_decreto_legislativo_010-2025_honra_ao_merito_toninho_claret.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/910/projeto_de_decreto_legislativo_011-2025_honra_ao_merito_clesio_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/930/projeto_de_decreto_legislativo_012-2025_honraria_amor_por_4_patas_-_ernestina.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/931/projeto_de_decreto_legislativo_013-2025_medalha_maria_dos_reis_-_geraldo_adriano_da_silva.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/932/projeto_de_decreto_legislativo_014-2025_medalha_maria_dos_reis_-_irani_aparecida_de_oliveira_miranda.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/933/projeto_de_decreto_legislativo_015-2025_honraria_amor_por_4_patas_-_xenia.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/934/projeto_de_decreto_legislativo_016-2025__-_mocao_de_aplausos_pacientes_da_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/935/projeto_de_decreto_legislativo_017-2025_medalha_maria_dos_reis_-_ana_claudia_thomazini.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/936/projeto_de_decreto_legislativo_018-2025_medalha_maria_dos_reis_-juscelina_francisca_vidal.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/937/projeto_de_decreto_legislativo_019-2025_medalha_maria_dos_reis_-_maria_aparecida_alves.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_decreto_legislativo_020-2025_honraria_amor_por_4_patas_-_lucrecia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/939/projeto_de_decreto_legislativo_021-2025_honraria_amor_por_4_patas_-_maria_romilda.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/940/projeto_de_decreto_legislativo_022-2025_honraria_amor_por_4_patas_-_genoveva.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/941/projeto_de_decreto_legislativo_023-2025_honraria_amor_por_4_patas_-_lucimar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/946/projeto_de_decreto_legislativo_024-2025_medalha_maria_dos_reis_-_vania_longobardi.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/947/projeto_de_decreto_legislativo_025-2025_honraria_amor_por_4_patas_-_vanderlei_gavaaa.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/953/projeto_de_decreto_legislativo_026-2025_medalha_maria_dos_reis_-_francielle_alves.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/954/projeto_de_decreto_legislativo_027-2025_honraria_amor_por_4_patas_-_marilene_soraggi.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/960/projeto_de_decreto_legislativo_028-2025__-_mocao_de_aplausos_coordenadores_do_ejc.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_decreto_legislativo_029-2025__-_mocao_de_honrosa_regentes_de_fanfarras.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_decreto_legislativo_030-2025__-_mocao_de_aplausos_atleta_ricardo_handi.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/963/projeto_de_decreto_legislativo_031-2025_medalha_maria_dos_reis-_antonio_campos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/969/projeto_de_decreto_legislativo_032-2025_medalha_maria_dos_reis-_edna_barbosa.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/975/projeto_de_decreto_legislativo_033-2025_honraria_amor_por_4_patas_-_romilda_ramos.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/976/projeto_de_decreto_legislativo_034-2025_honraria_obrigado_servidor_-_aposentados.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/977/projeto_de_decreto_legislativo_035-2025_cidada_honoraria_greyce_elias.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/990/projeto_de_decreto_legislativo_036-2025__-_mocao_honrosa_donizete_antonio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/991/projeto_de_decreto_legislativo_037-2025_honra_ao_merito_adriana_de_castro_neves.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1009/projeto_de_decreto_legislativo_038-2025_honra_ao_merito_dr._luciano_carvalho.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1010/projeto_de_decreto_legislativo_039-2025_honra_ao_merito_dra._daniella_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1012/projeto_de_decreto_legislativo_040-2025_cidada_honoraria_edna_maria_de_paula.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1013/projeto_de_decreto_legislativo_041-2025_cidadao_honorario_jeremias_goncalves.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/projeto_de_decreto_legislativo_042-2025_honra_ao_merito_noe_brito.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/projeto_de_decreto_legislativo_043-2025_cidada_honoraria_luciene_geralda_leao_soares.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/projeto_de_decreto_legislativo_044-2025_honra_ao_merito_robison_rone_pimentel.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_decreto_legislativo_045-2025_honra_ao_merito_jose_mauricio_patrola.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/projeto_de_decreto_legislativo_046-2025__-_honra_ao_merito_marley_assuncao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1027/projeto_de_decreto_legislativo_047-2025__-_mocao_honrosa_sandro_contins.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_decreto_legislativo_048-2025__-_cidada_honoraria_clemencia.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1032/projeto_de_decreto_legislativo_049-2025_cidadao_honorario_dr._tales_lamas.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1039/projeto_de_decreto_legislativo_050-2025__-_cidada_honoraria_zalfa_minucci.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1038/projeto_de_decreto_legislativo_051-2025__-_cidadao_honorario_carmo_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1033/projeto_de_decreto_legislativo_052-2025__-_honra_ao_merito_geraldo_moura.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1034/projeto_de_decreto_legislativo_053-2025_aprovacao_das_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1035/projeto_de_decreto_legislativo_054-2025__-_cidadao_honorario_alexandre_salviano.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1036/projeto_de_decreto_legislativo_055-2025__-_mocao_honrosa_miss_infantil_alice_narciso.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1040/projeto_de_decreto_legislativo_056-2025__-_cidada_honoraria_rosana_aparecida_costa_e_carvalho.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1041/projeto_de_decreto_legislativo_057-2025__-_honra_ao_merito_rogerio_rosa_ferreira.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1042/projeto_de_decreto_legislativo_058-2025__-_honra_ao_merito_giovana_paula_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_decreto_legislativo_059-2025__-_honra_ao_merito_lucas_sousa_macedo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1045/projeto_de_decreto_legislativo_060-2025_cidada_honoraria_marinalva_gomes.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1074/projeto_de_decreto_legislativo_061-2025__-_mocao_de_aplausos_leandro_cleber_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/584/proposta_de_emenda_a_lei_organica_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/594/proposta_de_emenda_002_de_2025_-_revoga_o__4o_do_art._24.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/724/proposta_de_emenda_a_lei_organica_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/816/proposta_de_emenda_004_de_2025_-_revoga_os__9o_e_15_do_art._165.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/proposta_de_emenda_005_de_2025_-_altera_o_art._165.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/570/plo_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/574/plo_002-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/575/plo_003-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/576/plo_004-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/577/plo_005-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/578/plo_006-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/579/plo_007-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/580/plo_008-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/581/plo_009-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/620/plo_010-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/622/plo_011-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/665/plo_012-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/693/plo_013-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/694/plo_014-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/718/plo_015-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/740/plo_016-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/783/plo__017-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/808/plo_018-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/843/plo_019-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/916/plo_020-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/972/plo_021-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/984/plo_022-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/plo_023-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1043/plo_024-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1102/plo_025-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1115/plo_026-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1117/plo_027-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1118/plo_028-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1119/plo_029-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_no_001-2025_-_reajuste_dos_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_no_002-2025_dia_municipal_da_lingua_de_sinais_-_libras.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/616/projeto_de_lei_no_003-2025_-_politica_dos_direitos_animais.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/628/projeto_de_lei_no_004-2025_-_programa_municipal_de_prevencao_e_controle_do_diabetes_nas_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_lei_no_005-2025_-_honraria_amor_de_4_patas.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_de_lei_no_006-2025_-_acompanhante_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_lei_no_007-2025_-_campanha_municipal_coracao_de_mulher.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_no_008-2025_-_lei_lucas.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/687/projeto_de_lei_no_009-2025_-_exames_oftamologicos_aos_alunos.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/689/projeto_de_lei_no_010-2025_-_lei_prioridade.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_no_011-2025_-_faixas_de_dominio_ferroviario.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/720/projeto_de_lei_no_012-2025_-_botao_de_emergencia_contra_a_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_no_013-2025_-_fornecimento_de_par_de_tenis_aos_alunos.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/755/projeto_de_lei_no_014-2025_-_leitos_separados_para_parturientes.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/756/projeto_de_lei_no_015-2025_-_reserva_de_vagas_para_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_lei_no_016-2025_-_mes_maio_furta-cor.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_no_017-2025_-_placas_informativas_em_ubs.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/779/projeto_de_lei_no_018-2025_-_campanha_de_protecao_a_pessoa_idosa_contra_fraudes_no_comercio_digital.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_lei_no_019-2025_-_programa_de_emprego_as_maes_solo.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/835/projeto_de_lei_no_020-2025_-_remuneracao_do_assessor_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/855/projeto_de_lei_no_021-2025_-_cria_programa_de_estagio.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_no_022-2025_-_bebedouros_publicos.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_no_023-2025_-_semana_da_pessoa_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/871/projeto_de_lei_no_024-2025_-_atendimento_prioritario_a_maes_e_pais_atipicos.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/903/projeto_de_lei_no_025-2025_-_agosto_lilas.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/911/projeto_de_lei_no_026-2025_-_politica_de_enfrentamento_a_violencia_contra_a_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/912/projeto_de_lei_no_027-2025_-_criacao_de_caes_racas_especificas.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei_no_028-2025_-_proibicao_de_musicas_que_promovam_violencia_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/957/projeto_de_lei_no_029-2025_-_jaiane_-_alteracao_da_lei_da_cosip.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/968/projeto_de_lei_no_032-2025_-_seguranca_dos_equipamentos_infantis.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_no_033-2025_-_programa_municipal_do_trabalhador_de_limpeza_urbana.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/974/projeto_de_lei_no_034-2025_-__utilidade_publica_associacao_arcoense_de_ciclismo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/994/projeto_de_lei_no_035-2025_-_alteracao_da_denominacao_do_cargo_de_auxiliar_de_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/992/projeto_de_lei_no_036-2025_-_instalacao_de_cameras_em_onibus_escolares.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/998/projeto_de_lei_no_037-2025_-_carlos_-_lgbtqia_recuperacao_automatica.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1006/projeto_de_lei_no_038-2025_-_leslie_-_politica_de_prevencao_ao_furto_e_receptacao_de_cabos_e_fios.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1008/projeto_de_lei_no_039-2025_-_queijinho_-_sensor_de_monitoramento_continuo_de_glicose.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/projeto_de_lei_no_040-2025_-__joao_paulo_utilidade_publica_rede_cidada.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1047/projeto_de_lei_no_041-2025_-_politica_municipal_contra_adultizacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1048/projeto_de_lei_no_043-2025_-_alex_-_proibicao_de_musicas_inadequadas_em_trenzinhos_da_alegria.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1062/projeto_de_lei_no_044-2025_-_imunizacao_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1073/projeto_de_lei_no_045-2025_-_laudo_permanente_diabetes_tipo_1.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/636/plc_001-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/637/plc_002-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/638/plc_003-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/639/plc_004-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/651/plc_005-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/652/plc_006-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/653/plc_007-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/654/plc_008-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/695/plc_009-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/696/plc_010-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/704/plc_011-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/705/plc_012-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/711/plc_013-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/733/plc_014-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/742/plc_015-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/786/plc_016-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/806/plc_017-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/807/plc_018_-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/836/plc_019-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/856/plc_020-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/857/plc_021-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/858/plc_022-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/859/plc_023-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/883/plc_024-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/894/plc_025-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/926/pcl_026-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/927/plc_027-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/928/plc_028-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/949/plc_029-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/950/plc_030-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/951/plc_031-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/952/plc_032-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/980/plc_033-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/981/plc_034-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1049/plc_035-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1050/plc_036-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1051/plc_037-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1053/plc_038-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1098/plc_039-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1101/plc_040-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/838/projeto_de_lei_complementar_001-2025_-_acresce_o_inciso_iv_ao_art._166.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/884/projeto_de_lei_complementar_002-2025_-_altera_o_artigo_168_do_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/967/projeto_de_lei_complementar_003-2025_-_aperfeicoa_o_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_resolucao_no_02-2025_alteracao_regimento.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/656/projeto_de_resolucao_no_03-2025_revogacao_de_artigos_do_regimento.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/830/projeto_de_resolucao_no_04-2025_-_altera_a_resolucao_892.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/955/projeto_de_resolucao_no_05-2025_-_criacao_da_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/956/projeto_de_resolucao_no_06-2025_-_regulamenta_a_lgpd.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_resolucao_no_07-2025_-_altera_a_resolucao_do_pat.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/projeto_de_resolucao_no_08-2025_alteracao_regimento.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/583/requerimento_01_-_katia_jaiane_leslie.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/585/requerimento_02_-_katia.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/586/requerimento_03_-_alex.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/587/requerimento_04_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/588/requerimento_05_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/589/requerimento_06_-_katia.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/590/requerimento_07_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/591/requerimento_08_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/592/requerimento_09_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/596/requerimento_10_-_katia.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_11_-_katia.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/598/requerimento_12_-_joao_paulo_e_orlando.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/600/requerimento_13_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/605/requerimento_14_-_alex.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/606/requerimento_15_-_alex.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/607/requerimento_16_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/608/requerimento_17_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/609/requerimento_18_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/610/requerimento_19_-_alex.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/612/requerimento_20_-_alex.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/613/requerimento_21-_alex.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/614/requerimento_22-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/615/requerimento_23-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/621/requerimento_24_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/623/requerimento_25_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/624/requerimento_26_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/625/requerimento_27-_carlos.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/626/requerimento_28_queijinho.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/627/requerimento_29_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/629/requerimento_30_queijinho.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/631/requerimento_31_orlando.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento_32_orlando.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/633/requerimento_33_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/634/requerimento_34_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/642/requerimento_35_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/643/requerimento_36-_alex.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/644/requerimento_37_-_alex.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/645/requerimento_38_-_alex.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/646/requerimento_39_orlando.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/649/requerimento_40_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/650/requerimento_41_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/659/requerimento_42_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_43_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_44_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/662/requerimento_45_-_alex.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_46_-_katia.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_47_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_48_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_49_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_50_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/673/requerimento_51_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_52_-_katia.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/675/requerimento_53_-_katia.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_54_leslie.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/682/requerimento_55_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/683/requerimento_56_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/684/requerimento_57_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/685/requerimento_58_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_59_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/690/requerimento_60_-_katia.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_61_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/692/requerimento_62_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/698/requerimento_63_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_64-_katia.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_65-_katia.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_66_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_67_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_68_leslie.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/707/requerimento_69_leslie.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_70_leslie.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_71_leslie.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_72_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_73-_katia.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_74_-_alex.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_75_-_alex.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/716/requerimento_76_jaiane_e_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/717/requerimento_77_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/719/requerimento_78_-_alex.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/721/requerimento_79_-_alex.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/722/requerimento_80_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/723/requerimento_81_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/725/requerimento_82_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/726/requerimento_83_-_katia.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/727/requerimento_84_-_katia.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_85_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/729/requerimento_86_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_87_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/732/requerimento_88-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/734/requerimento_89_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/735/requerimento_90_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/736/requerimento_91_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/737/requerimento_92_-_alex.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/738/requerimento_93_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/743/requerimento_94_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/744/requerimento_95_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/746/requerimento_96_-_katia.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/747/requerimento_97_-_alex.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/748/requerimento_98_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/749/requerimento_99_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/751/requerimento_100_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/752/requerimento_101_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/753/requerimento_102_-_katia.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_103_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/759/requerimento_104_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/760/requerimento_105_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/761/requerimento_106_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/764/requerimento_107_-_queijinho_e_orlando.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/765/requerimento_108_-_jaiane_e_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/766/requerimento_109_-_katia.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/767/requerimento_110_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_111_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/769/requerimento_112_-_alex.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/770/requerimento_113_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/771/requerimento_114_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/772/requerimento_115_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/775/requerimento_116_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/776/requerimento_117_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/777/requerimento_118-_katia.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/778/requerimento_119-_katia.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/782/requerimento_120-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/788/requerimento_122_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/789/requerimento_123_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/790/requerimento_124-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/791/requerimento_125-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/792/requerimento_126_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/793/requerimento_127-_leslie.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/794/requerimento_128-_leslie.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/795/requerimento_129_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/796/requerimento_130_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/797/requerimento_131-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/798/requerimento_132_-_alex.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/799/requerimento_133_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/800/requerimento_134-_katia.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/801/requerimento_135_-_alex.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/802/requerimento_136_-_alex.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/809/requerimento_137_-_alex_e_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/810/requerimento_138_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/811/requerimento_139_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/812/requerimento_140_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/813/requerimento_141_-_queijinho_e_orlando.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/814/requerimento_142_-_queijinho_e_orlando.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/815/requerimento_143_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/817/requerimento_144_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/819/requerimento_145-_katia.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/820/requerimento_146_-_queijinho_orlando_e_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/821/requerimento_147_-_queijinho_e_orlando.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/822/requerimento_148_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/823/requerimento_149_-_alex.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/824/requerimento_150_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/825/requerimento_151_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/826/requerimento_152_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/827/requerimento_153-_katia.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/829/requerimento_154_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/832/requerimento_155_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/833/requerimento_156_-_alex.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/839/requerimento_157_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/840/requerimento_158_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/841/requerimento_159_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/842/requerimento_160_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/844/requerimento_161_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/845/requerimento_162_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/846/requerimento_163-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/847/requerimento_164-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_165-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_166-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/854/requerimento_167_-_joao_paulo_e_jaiane.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/860/requerimento_168_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/861/requerimento_169_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_170_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/863/requerimento_171_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/864/requerimento_172_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/865/requerimento_173_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/867/requerimento_174_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/869/requerimento_175_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/870/requerimento_176_-_alex.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/872/requerimento_177_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/873/requerimento_178_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_179_-_katia.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/875/requerimento_180_-_queijinho_orlando.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/876/requerimento_181_-_queijinho_orlando.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/877/requerimento_182_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/880/requerimento_183_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/881/requerimento_184_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/882/requerimento_185_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/887/requerimento_186_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/888/requerimento_187_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/889/requerimento_188_-_katia.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/890/requerimento_189_-_katia.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/891/requerimento_190_-_katia.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/892/requerimento_191_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/893/requerimento_192_-_alex.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/896/requerimento_193_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/895/requerimento_194_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_195_-_alex.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_196_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_197_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_198_-_alex.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/902/requerimento_199-_alex_joao._queijinho_e_orlando.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/904/requerimento_200_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/905/requerimento_201_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/906/requerimento_202_-_alex.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/907/requerimento_203_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/908/requerimento_204_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/909/requerimento_205_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/913/requerimento_206_-_katia.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/914/requerimento_207_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/915/requerimento_208_-_alex.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/917/requerimento_209_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/918/requerimento_210_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/919/requerimento_211_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_212_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_213_-_orlando_e_queijinho.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/922/requerimento_214-_carlos.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/923/requerimento_215-_carlos.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/924/requerimento_216_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/925/requerimento_217_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_218_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/943/requerimento_219-_carlos.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/944/requerimento_220_-_alex.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/945/requerimento_221-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/948/requerimento_222_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/959/requerimento_223_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/964/requerimento_224_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/965/requerimento_225_-_alex.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/966/requerimento_226_-_alex.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/970/requerimento_227_-_joao.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/971/requerimento_228_-_joao.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_229__-_carlos.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/979/requerimento_230__-_carlos.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/983/requerimento_231_-_joao.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/985/requerimento_232_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/986/requerimento_233_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/987/requerimento_234_-_joao.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_235_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_236_-_alex.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/993/requerimento_237_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/995/requerimento_238_-_joao.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/996/requerimento_239_-_joao.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/997/requerimento_240_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/999/requerimento_241_-_jaiane.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/requerimento_242_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/requerimento_243_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/requerimento_244_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/requerimento_245_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1019/requerimento_246_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/requerimento_247_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/requerimento_248_-_orlando.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1024/requerimento_249_-_orlando.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/requerimento_250_-_alex.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/requerimento_251_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/requerimento_252_-_katia.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1046/requerimento_253_-_joao.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1052/requerimento_254_-_joao.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1054/requerimento_255_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1055/requerimento_256_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1056/requerimento_257_-_alex.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1058/requerimento_259_-_alex.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1059/requerimento_260_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1060/requerimento_261_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1063/requerimento_262_-_alex.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1064/requerimento_263-_katia.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1065/requerimento_264_-_katia.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1066/requerimento_265_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1067/requerimento_266_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1068/requerimento_267_-_alex.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1069/requerimento_268_-_alex.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1070/requerimento_269-_katia.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1071/requerimento_270_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1072/requerimento_271_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1075/requerimento_272_-_katia.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1076/requerimento_273_-_katia.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1077/requerimento_274_-_queijinho_e_carlos.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1078/requerimento_275_-_queijinho_e_carlos.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1079/requerimento_276-_queijinho_e_carlos.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1080/requerimento_277_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1081/requerimento_278_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1082/requerimento_279_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1083/requerimento_280_-_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1093/requerimento_281_-_alex.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1094/requerimento_282_-_todos.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1095/requerimento_283_-_alex.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1097/requerimento_284_-_alex.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1103/requerimento_285_-_alex.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1104/requerimento_286_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1105/requerimento_287-_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1106/requerimento_288_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1107/requerimento_289_-_genorinho.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1108/requerimento_290_-_katia.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1109/requerimento_291_-_katia.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1110/requerimento_292_-_joaozinho_e_jaiane.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1111/requerimento_293_-__comissao_de_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1112/requerimento_294_-_alex.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1113/requerimento_295_-_queijinho.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/571/emenda_no_001-2025_plo_001-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/573/proposta_de_emenda_002_de_2025_-_revoga_o__4o_do_art._24.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/599/emenda_no_003-2025_plo_009-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/641/emenda_no_004-2025_plo_010-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/655/emenda_no_005-2025_plo_010-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/668/emenda_no_006-2025_plc_001-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/754/emenda_no_007-2025_plo_016-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/878/emenda_no_008-2025_plo_019-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/879/emenda_no_009-2025_plo_019-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/emenda_no_010-2025_projeto_de_resolucao_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1005/emenda_no_011-2025_projeto_de_resolucao_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1099/emenda_no_012-2025__plc_026-2025_exec.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1100/emenda_no_013-2025__plc_028-2025_exec_ii.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/750/mensagem_de_veto_01_de_24_de_abril_de_2025_ao_pl_009_2025_realizacao_de_exames_oftalmologicos.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/781/mensagem_de_veto_02_de_15_de_maio_de_2025_ao_pl_013_2025_obriga_o_poder_publico_a_custear_tenis_junto_ao_uniforme_escolar.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/785/mensagem_de_veto_03_de_21_de_maio_de_2025_ao_pl_011_2025.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/804/mensagem_de_veto_04_de_03_de_junho_de_2025_reserva_de_vagas_para_artistas_locais.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/805/mensagem_de_veto_05_de_03_de_junho_de_2.025_ao_projeto_de_lei_014-2025_-_leito_separado_maes_de_natimorto_e_obito_fetal_3.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/818/mensagem_de_veto_06_de_16_de_junho_de_2025_ao_pl_19_2025_programa_de_emprego_e_apoio_para_maes_solo.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1011/veto_pl_029-2025_ver._jaiane.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1061/mensagem__de_veto_no_08_de_06_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/773/plo_014-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1037/plo_023-2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2025/1028/destaque_no_01-2025_-_art._3o_do_projeto_de_resolucao_no_005-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H470"/>
+  <dimension ref="A1:H545"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="106.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="194.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="193.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -5546,12199 +6343,14149 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="H8" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="H10" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="F11" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="H11" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="H12" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>65</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>22</v>
+      </c>
+      <c r="D13" t="s">
         <v>57</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="E13" t="s">
         <v>58</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="H13" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="F14" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H14" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="F15" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="H15" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="D16" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="E16" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="F16" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="H16" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>79</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>22</v>
+      </c>
+      <c r="D17" t="s">
+        <v>72</v>
+      </c>
+      <c r="E17" t="s">
         <v>73</v>
       </c>
-      <c r="B17" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="H17" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="D18" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="E18" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="F18" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H18" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>83</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="E19" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="F19" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H19" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>87</v>
+        <v>37</v>
       </c>
       <c r="D20" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="E20" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="F20" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H20" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>91</v>
+        <v>42</v>
       </c>
       <c r="D21" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="E21" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="F21" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>92</v>
       </c>
       <c r="H21" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>94</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
+        <v>47</v>
+      </c>
+      <c r="D22" t="s">
+        <v>72</v>
+      </c>
+      <c r="E22" t="s">
+        <v>73</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="D22" t="s">
-[...8 lines deleted...]
-      <c r="G22" s="1" t="s">
+      <c r="H22" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>52</v>
+      </c>
+      <c r="D23" t="s">
+        <v>72</v>
+      </c>
+      <c r="E23" t="s">
+        <v>73</v>
+      </c>
+      <c r="F23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="H23" t="s">
         <v>99</v>
-      </c>
-[...13 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" t="s">
+        <v>72</v>
+      </c>
+      <c r="E24" t="s">
+        <v>73</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="H24" t="s">
         <v>103</v>
-      </c>
-[...13 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>105</v>
+      </c>
+      <c r="D25" t="s">
+        <v>72</v>
+      </c>
+      <c r="E25" t="s">
+        <v>73</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="H25" t="s">
         <v>107</v>
-      </c>
-[...13 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>109</v>
+      </c>
+      <c r="D26" t="s">
+        <v>72</v>
+      </c>
+      <c r="E26" t="s">
+        <v>73</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="H26" t="s">
         <v>111</v>
-      </c>
-[...13 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>113</v>
+      </c>
+      <c r="D27" t="s">
+        <v>72</v>
+      </c>
+      <c r="E27" t="s">
+        <v>73</v>
+      </c>
+      <c r="F27" t="s">
+        <v>43</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B27" t="s">
-[...5 lines deleted...]
-      <c r="D27" t="s">
+      <c r="H27" t="s">
         <v>115</v>
-      </c>
-[...10 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
       <c r="D28" t="s">
-        <v>115</v>
+        <v>72</v>
       </c>
       <c r="E28" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="F28" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="H28" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="D29" t="s">
-        <v>115</v>
+        <v>72</v>
       </c>
       <c r="E29" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="F29" t="s">
-        <v>121</v>
+        <v>18</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="H29" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>124</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>125</v>
+      </c>
+      <c r="D30" t="s">
+        <v>72</v>
+      </c>
+      <c r="E30" t="s">
+        <v>73</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H30" t="s">
         <v>127</v>
-      </c>
-[...19 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>128</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>129</v>
+      </c>
+      <c r="D31" t="s">
+        <v>72</v>
+      </c>
+      <c r="E31" t="s">
+        <v>73</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H31" t="s">
         <v>131</v>
-      </c>
-[...19 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>132</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>133</v>
+      </c>
+      <c r="D32" t="s">
+        <v>72</v>
+      </c>
+      <c r="E32" t="s">
+        <v>73</v>
+      </c>
+      <c r="F32" t="s">
+        <v>33</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H32" t="s">
         <v>135</v>
-      </c>
-[...19 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>136</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>137</v>
+      </c>
+      <c r="D33" t="s">
+        <v>72</v>
+      </c>
+      <c r="E33" t="s">
+        <v>73</v>
+      </c>
+      <c r="F33" t="s">
+        <v>43</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="B33" t="s">
-[...11 lines deleted...]
-      <c r="F33" t="s">
+      <c r="H33" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>140</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>141</v>
+      </c>
+      <c r="D34" t="s">
+        <v>72</v>
+      </c>
+      <c r="E34" t="s">
+        <v>73</v>
+      </c>
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="B34" t="s">
-[...14 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>144</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
         <v>145</v>
       </c>
-      <c r="B35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D35" t="s">
-        <v>115</v>
+        <v>72</v>
       </c>
       <c r="E35" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="F35" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>146</v>
       </c>
       <c r="H35" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>148</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>66</v>
+        <v>149</v>
       </c>
       <c r="D36" t="s">
-        <v>115</v>
+        <v>72</v>
       </c>
       <c r="E36" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="F36" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H36" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>70</v>
+        <v>153</v>
       </c>
       <c r="D37" t="s">
-        <v>115</v>
+        <v>72</v>
       </c>
       <c r="E37" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="F37" t="s">
-        <v>132</v>
+        <v>13</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="H37" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>74</v>
+        <v>157</v>
       </c>
       <c r="D38" t="s">
-        <v>115</v>
+        <v>72</v>
       </c>
       <c r="E38" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="F38" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="H38" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E39" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F39" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="H39" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>83</v>
+        <v>17</v>
       </c>
       <c r="D40" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E40" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F40" t="s">
-        <v>161</v>
+        <v>23</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="H40" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="D41" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E41" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F41" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="H41" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="D42" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E42" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F42" t="s">
-        <v>121</v>
+        <v>48</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="H42" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="D43" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E43" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F43" t="s">
-        <v>132</v>
+        <v>28</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="H43" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>99</v>
+        <v>37</v>
       </c>
       <c r="D44" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E44" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F44" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="H44" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>103</v>
+        <v>42</v>
       </c>
       <c r="D45" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E45" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F45" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="H45" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>107</v>
+        <v>47</v>
       </c>
       <c r="D46" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E46" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F46" t="s">
-        <v>132</v>
+        <v>23</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="H46" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>111</v>
+        <v>52</v>
       </c>
       <c r="D47" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E47" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F47" t="s">
-        <v>121</v>
+        <v>23</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="H47" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>186</v>
+        <v>101</v>
       </c>
       <c r="D48" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E48" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F48" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="H48" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>190</v>
+        <v>105</v>
       </c>
       <c r="D49" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E49" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F49" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="H49" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>194</v>
+        <v>109</v>
       </c>
       <c r="D50" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E50" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F50" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="H50" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>198</v>
+        <v>113</v>
       </c>
       <c r="D51" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E51" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F51" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H51" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>202</v>
+        <v>117</v>
       </c>
       <c r="D52" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E52" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F52" t="s">
-        <v>117</v>
+        <v>53</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H52" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>205</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
+        <v>121</v>
+      </c>
+      <c r="D53" t="s">
+        <v>161</v>
+      </c>
+      <c r="E53" t="s">
+        <v>162</v>
+      </c>
+      <c r="F53" t="s">
+        <v>33</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="D53" t="s">
-[...8 lines deleted...]
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>208</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>125</v>
+      </c>
+      <c r="D54" t="s">
+        <v>161</v>
+      </c>
+      <c r="E54" t="s">
+        <v>162</v>
+      </c>
+      <c r="F54" t="s">
+        <v>23</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="H54" t="s">
         <v>210</v>
-      </c>
-[...13 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>211</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>129</v>
+      </c>
+      <c r="D55" t="s">
+        <v>161</v>
+      </c>
+      <c r="E55" t="s">
+        <v>162</v>
+      </c>
+      <c r="F55" t="s">
+        <v>28</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="H55" t="s">
         <v>213</v>
-      </c>
-[...19 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>218</v>
+        <v>133</v>
       </c>
       <c r="D56" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E56" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F56" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="H56" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>222</v>
+        <v>137</v>
       </c>
       <c r="D57" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E57" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F57" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="H57" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>226</v>
+        <v>141</v>
       </c>
       <c r="D58" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E58" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F58" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="H58" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>230</v>
+        <v>145</v>
       </c>
       <c r="D59" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E59" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F59" t="s">
-        <v>161</v>
+        <v>23</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="H59" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>234</v>
+        <v>149</v>
       </c>
       <c r="D60" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E60" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F60" t="s">
-        <v>235</v>
+        <v>48</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="H60" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>239</v>
+        <v>153</v>
       </c>
       <c r="D61" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E61" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F61" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="H61" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>243</v>
+        <v>157</v>
       </c>
       <c r="D62" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E62" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F62" t="s">
-        <v>128</v>
+        <v>48</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>244</v>
+        <v>233</v>
       </c>
       <c r="H62" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>246</v>
+        <v>235</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>247</v>
+        <v>236</v>
       </c>
       <c r="D63" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E63" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F63" t="s">
-        <v>121</v>
+        <v>18</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>248</v>
+        <v>237</v>
       </c>
       <c r="H63" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>250</v>
+        <v>239</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>251</v>
+        <v>240</v>
       </c>
       <c r="D64" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E64" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F64" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="H64" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
       <c r="D65" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E65" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F65" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>256</v>
+        <v>245</v>
       </c>
       <c r="H65" t="s">
-        <v>257</v>
+        <v>246</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>258</v>
+        <v>247</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>259</v>
+        <v>248</v>
       </c>
       <c r="D66" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E66" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F66" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>260</v>
+        <v>249</v>
       </c>
       <c r="H66" t="s">
-        <v>261</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>262</v>
+        <v>251</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>263</v>
+        <v>252</v>
       </c>
       <c r="D67" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E67" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F67" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>264</v>
+        <v>253</v>
       </c>
       <c r="H67" t="s">
-        <v>265</v>
+        <v>254</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>266</v>
+        <v>255</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="D68" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E68" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F68" t="s">
-        <v>132</v>
+        <v>48</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>268</v>
+        <v>257</v>
       </c>
       <c r="H68" t="s">
-        <v>269</v>
+        <v>258</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>270</v>
+        <v>259</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>271</v>
+        <v>260</v>
       </c>
       <c r="D69" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E69" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F69" t="s">
-        <v>161</v>
+        <v>33</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>272</v>
+        <v>261</v>
       </c>
       <c r="H69" t="s">
-        <v>273</v>
+        <v>262</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>274</v>
+        <v>263</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="D70" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E70" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F70" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="H70" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="D71" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E71" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F71" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>280</v>
+        <v>269</v>
       </c>
       <c r="H71" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>282</v>
+        <v>271</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
       <c r="D72" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E72" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F72" t="s">
-        <v>161</v>
+        <v>273</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="H72" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="D73" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E73" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F73" t="s">
-        <v>132</v>
+        <v>48</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="H73" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="D74" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E74" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F74" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="H74" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="D75" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E75" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F75" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="H75" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
       <c r="D76" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E76" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F76" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="H76" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="D77" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E77" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F77" t="s">
-        <v>117</v>
+        <v>18</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="H77" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="D78" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E78" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F78" t="s">
-        <v>117</v>
+        <v>43</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="H78" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>311</v>
+        <v>301</v>
       </c>
       <c r="D79" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E79" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F79" t="s">
-        <v>312</v>
+        <v>43</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>313</v>
+        <v>302</v>
       </c>
       <c r="H79" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>316</v>
+        <v>305</v>
       </c>
       <c r="D80" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E80" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F80" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>317</v>
+        <v>306</v>
       </c>
       <c r="H80" t="s">
-        <v>318</v>
+        <v>307</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>319</v>
+        <v>308</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>320</v>
+        <v>309</v>
       </c>
       <c r="D81" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E81" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F81" t="s">
-        <v>321</v>
+        <v>53</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>322</v>
+        <v>310</v>
       </c>
       <c r="H81" t="s">
-        <v>323</v>
+        <v>311</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>324</v>
+        <v>312</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="D82" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E82" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F82" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>326</v>
+        <v>314</v>
       </c>
       <c r="H82" t="s">
-        <v>327</v>
+        <v>315</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>328</v>
+        <v>316</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>329</v>
+        <v>317</v>
       </c>
       <c r="D83" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E83" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F83" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>330</v>
+        <v>318</v>
       </c>
       <c r="H83" t="s">
-        <v>331</v>
+        <v>319</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>332</v>
+        <v>320</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>333</v>
+        <v>321</v>
       </c>
       <c r="D84" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E84" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F84" t="s">
-        <v>334</v>
+        <v>53</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>335</v>
+        <v>322</v>
       </c>
       <c r="H84" t="s">
-        <v>336</v>
+        <v>323</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>337</v>
+        <v>324</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>338</v>
+        <v>325</v>
       </c>
       <c r="D85" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="E85" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="F85" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>339</v>
+        <v>326</v>
       </c>
       <c r="H85" t="s">
-        <v>340</v>
+        <v>327</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>341</v>
+        <v>328</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>10</v>
+        <v>329</v>
       </c>
       <c r="D86" t="s">
-        <v>342</v>
+        <v>161</v>
       </c>
       <c r="E86" t="s">
-        <v>343</v>
+        <v>162</v>
       </c>
       <c r="F86" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>344</v>
+        <v>330</v>
       </c>
       <c r="H86" t="s">
-        <v>345</v>
+        <v>331</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>346</v>
+        <v>332</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>17</v>
+        <v>333</v>
       </c>
       <c r="D87" t="s">
-        <v>342</v>
+        <v>161</v>
       </c>
       <c r="E87" t="s">
-        <v>343</v>
+        <v>162</v>
       </c>
       <c r="F87" t="s">
-        <v>347</v>
+        <v>18</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>348</v>
+        <v>334</v>
       </c>
       <c r="H87" t="s">
-        <v>349</v>
+        <v>335</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>350</v>
+        <v>336</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>21</v>
+        <v>337</v>
       </c>
       <c r="D88" t="s">
-        <v>342</v>
+        <v>161</v>
       </c>
       <c r="E88" t="s">
-        <v>343</v>
+        <v>162</v>
       </c>
       <c r="F88" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="H88" t="s">
-        <v>352</v>
+        <v>339</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>353</v>
+        <v>340</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>25</v>
+        <v>341</v>
       </c>
       <c r="D89" t="s">
+        <v>161</v>
+      </c>
+      <c r="E89" t="s">
+        <v>162</v>
+      </c>
+      <c r="F89" t="s">
+        <v>38</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="E89" t="s">
+      <c r="H89" t="s">
         <v>343</v>
-      </c>
-[...7 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>356</v>
+        <v>344</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>45</v>
+        <v>345</v>
       </c>
       <c r="D90" t="s">
-        <v>342</v>
+        <v>161</v>
       </c>
       <c r="E90" t="s">
-        <v>343</v>
+        <v>162</v>
       </c>
       <c r="F90" t="s">
-        <v>357</v>
+        <v>38</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>358</v>
+        <v>346</v>
       </c>
       <c r="H90" t="s">
-        <v>359</v>
+        <v>347</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>360</v>
+        <v>348</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>10</v>
+        <v>349</v>
       </c>
       <c r="D91" t="s">
-        <v>361</v>
+        <v>161</v>
       </c>
       <c r="E91" t="s">
-        <v>362</v>
+        <v>162</v>
       </c>
       <c r="F91" t="s">
-        <v>13</v>
+        <v>350</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>363</v>
+        <v>351</v>
       </c>
       <c r="H91" t="s">
-        <v>364</v>
+        <v>352</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>365</v>
+        <v>353</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>17</v>
+        <v>354</v>
       </c>
       <c r="D92" t="s">
-        <v>361</v>
+        <v>161</v>
       </c>
       <c r="E92" t="s">
-        <v>362</v>
+        <v>162</v>
       </c>
       <c r="F92" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>366</v>
+        <v>355</v>
       </c>
       <c r="H92" t="s">
-        <v>367</v>
+        <v>356</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>368</v>
+        <v>357</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>21</v>
+        <v>358</v>
       </c>
       <c r="D93" t="s">
+        <v>161</v>
+      </c>
+      <c r="E93" t="s">
+        <v>162</v>
+      </c>
+      <c r="F93" t="s">
+        <v>359</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H93" t="s">
         <v>361</v>
-      </c>
-[...10 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>25</v>
+        <v>363</v>
       </c>
       <c r="D94" t="s">
-        <v>361</v>
+        <v>161</v>
       </c>
       <c r="E94" t="s">
-        <v>362</v>
+        <v>162</v>
       </c>
       <c r="F94" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="H94" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>45</v>
+        <v>367</v>
       </c>
       <c r="D95" t="s">
-        <v>361</v>
+        <v>161</v>
       </c>
       <c r="E95" t="s">
-        <v>362</v>
+        <v>162</v>
       </c>
       <c r="F95" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="H95" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>50</v>
+        <v>371</v>
       </c>
       <c r="D96" t="s">
-        <v>361</v>
+        <v>161</v>
       </c>
       <c r="E96" t="s">
-        <v>362</v>
+        <v>162</v>
       </c>
       <c r="F96" t="s">
-        <v>13</v>
+        <v>372</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="H96" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>54</v>
+        <v>376</v>
       </c>
       <c r="D97" t="s">
-        <v>361</v>
+        <v>161</v>
       </c>
       <c r="E97" t="s">
-        <v>362</v>
+        <v>162</v>
       </c>
       <c r="F97" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H97" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>58</v>
+        <v>380</v>
       </c>
       <c r="D98" t="s">
-        <v>361</v>
+        <v>161</v>
       </c>
       <c r="E98" t="s">
-        <v>362</v>
+        <v>162</v>
       </c>
       <c r="F98" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="H98" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>383</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>384</v>
+      </c>
+      <c r="D99" t="s">
+        <v>161</v>
+      </c>
+      <c r="E99" t="s">
+        <v>162</v>
+      </c>
+      <c r="F99" t="s">
+        <v>53</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="H99" t="s">
         <v>386</v>
-      </c>
-[...19 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>387</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>10</v>
+      </c>
+      <c r="D100" t="s">
+        <v>388</v>
+      </c>
+      <c r="E100" t="s">
         <v>389</v>
       </c>
-      <c r="B100" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F100" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>390</v>
       </c>
       <c r="H100" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>392</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="D101" t="s">
-        <v>361</v>
+        <v>388</v>
       </c>
       <c r="E101" t="s">
-        <v>362</v>
+        <v>389</v>
       </c>
       <c r="F101" t="s">
-        <v>13</v>
+        <v>393</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H101" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="D102" t="s">
-        <v>361</v>
+        <v>388</v>
       </c>
       <c r="E102" t="s">
-        <v>362</v>
+        <v>389</v>
       </c>
       <c r="F102" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H102" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="D103" t="s">
-        <v>361</v>
+        <v>388</v>
       </c>
       <c r="E103" t="s">
-        <v>362</v>
+        <v>389</v>
       </c>
       <c r="F103" t="s">
-        <v>13</v>
+        <v>273</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="H103" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>83</v>
+        <v>32</v>
       </c>
       <c r="D104" t="s">
-        <v>361</v>
+        <v>388</v>
       </c>
       <c r="E104" t="s">
-        <v>362</v>
+        <v>389</v>
       </c>
       <c r="F104" t="s">
-        <v>13</v>
+        <v>403</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="H104" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>361</v>
+        <v>407</v>
       </c>
       <c r="E105" t="s">
-        <v>362</v>
+        <v>408</v>
       </c>
       <c r="F105" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="H105" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>411</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>17</v>
+      </c>
+      <c r="D106" t="s">
         <v>407</v>
       </c>
-      <c r="B106" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E106" t="s">
-        <v>362</v>
+        <v>408</v>
       </c>
       <c r="F106" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="H106" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="D107" t="s">
-        <v>361</v>
+        <v>407</v>
       </c>
       <c r="E107" t="s">
-        <v>362</v>
+        <v>408</v>
       </c>
       <c r="F107" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="H107" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="D108" t="s">
-        <v>361</v>
+        <v>407</v>
       </c>
       <c r="E108" t="s">
-        <v>362</v>
+        <v>408</v>
       </c>
       <c r="F108" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="H108" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
       <c r="D109" t="s">
-        <v>361</v>
+        <v>407</v>
       </c>
       <c r="E109" t="s">
-        <v>362</v>
+        <v>408</v>
       </c>
       <c r="F109" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="H109" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>107</v>
+        <v>37</v>
       </c>
       <c r="D110" t="s">
-        <v>361</v>
+        <v>407</v>
       </c>
       <c r="E110" t="s">
-        <v>362</v>
+        <v>408</v>
       </c>
       <c r="F110" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="H110" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>111</v>
+        <v>42</v>
       </c>
       <c r="D111" t="s">
-        <v>361</v>
+        <v>407</v>
       </c>
       <c r="E111" t="s">
-        <v>362</v>
+        <v>408</v>
       </c>
       <c r="F111" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="H111" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>186</v>
+        <v>47</v>
       </c>
       <c r="D112" t="s">
-        <v>361</v>
+        <v>407</v>
       </c>
       <c r="E112" t="s">
-        <v>362</v>
+        <v>408</v>
       </c>
       <c r="F112" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="H112" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>190</v>
+        <v>52</v>
       </c>
       <c r="D113" t="s">
-        <v>361</v>
+        <v>407</v>
       </c>
       <c r="E113" t="s">
-        <v>362</v>
+        <v>408</v>
       </c>
       <c r="F113" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="H113" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>194</v>
+        <v>101</v>
       </c>
       <c r="D114" t="s">
-        <v>361</v>
+        <v>407</v>
       </c>
       <c r="E114" t="s">
-        <v>362</v>
+        <v>408</v>
       </c>
       <c r="F114" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="H114" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="D115" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E115" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F115" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="H115" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="D116" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E116" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F116" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="H116" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>21</v>
+        <v>113</v>
       </c>
       <c r="D117" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E117" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F117" t="s">
-        <v>132</v>
+        <v>59</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="H117" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>25</v>
+        <v>117</v>
       </c>
       <c r="D118" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E118" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F118" t="s">
-        <v>121</v>
+        <v>59</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="H118" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>45</v>
+        <v>121</v>
       </c>
       <c r="D119" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E119" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F119" t="s">
-        <v>449</v>
+        <v>59</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H119" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>50</v>
+        <v>125</v>
       </c>
       <c r="D120" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E120" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F120" t="s">
-        <v>128</v>
+        <v>59</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="H120" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>54</v>
+        <v>129</v>
       </c>
       <c r="D121" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E121" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F121" t="s">
-        <v>121</v>
+        <v>59</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H121" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>58</v>
+        <v>133</v>
       </c>
       <c r="D122" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E122" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F122" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="H122" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>62</v>
+        <v>137</v>
       </c>
       <c r="D123" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E123" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F123" t="s">
-        <v>121</v>
+        <v>59</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H123" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>66</v>
+        <v>141</v>
       </c>
       <c r="D124" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E124" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F124" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H124" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>70</v>
+        <v>145</v>
       </c>
       <c r="D125" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E125" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F125" t="s">
-        <v>468</v>
+        <v>59</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>469</v>
       </c>
       <c r="H125" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>471</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="D126" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E126" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F126" t="s">
-        <v>132</v>
+        <v>59</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>472</v>
       </c>
       <c r="H126" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>474</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>79</v>
+        <v>153</v>
       </c>
       <c r="D127" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E127" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F127" t="s">
-        <v>121</v>
+        <v>59</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>475</v>
       </c>
       <c r="H127" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>477</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
       <c r="D128" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E128" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F128" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>478</v>
       </c>
       <c r="H128" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>480</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>87</v>
+        <v>236</v>
       </c>
       <c r="D129" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E129" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F129" t="s">
-        <v>128</v>
+        <v>59</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>481</v>
       </c>
       <c r="H129" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>483</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>91</v>
+        <v>240</v>
       </c>
       <c r="D130" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E130" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F130" t="s">
-        <v>132</v>
+        <v>59</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>484</v>
       </c>
       <c r="H130" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>486</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>95</v>
+        <v>244</v>
       </c>
       <c r="D131" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E131" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F131" t="s">
-        <v>161</v>
+        <v>59</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>487</v>
       </c>
       <c r="H131" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>489</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>99</v>
+        <v>248</v>
       </c>
       <c r="D132" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E132" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F132" t="s">
-        <v>121</v>
+        <v>59</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>490</v>
       </c>
       <c r="H132" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>492</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>103</v>
+        <v>252</v>
       </c>
       <c r="D133" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="E133" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="F133" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>493</v>
       </c>
       <c r="H133" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>495</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>107</v>
+        <v>10</v>
       </c>
       <c r="D134" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E134" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F134" t="s">
-        <v>75</v>
+        <v>43</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="H134" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>111</v>
+        <v>17</v>
       </c>
       <c r="D135" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E135" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F135" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="H135" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>186</v>
+        <v>22</v>
       </c>
       <c r="D136" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E136" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F136" t="s">
-        <v>128</v>
+        <v>28</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="H136" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>190</v>
+        <v>27</v>
       </c>
       <c r="D137" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E137" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F137" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="H137" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>194</v>
+        <v>32</v>
       </c>
       <c r="D138" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E138" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F138" t="s">
-        <v>75</v>
+        <v>510</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="H138" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>198</v>
+        <v>37</v>
       </c>
       <c r="D139" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E139" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F139" t="s">
-        <v>132</v>
+        <v>48</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="H139" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>202</v>
+        <v>42</v>
       </c>
       <c r="D140" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E140" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F140" t="s">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="H140" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>206</v>
+        <v>47</v>
       </c>
       <c r="D141" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E141" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F141" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="H141" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>210</v>
+        <v>52</v>
       </c>
       <c r="D142" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E142" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F142" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="H142" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>214</v>
+        <v>101</v>
       </c>
       <c r="D143" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E143" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F143" t="s">
-        <v>132</v>
+        <v>13</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="H143" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>226</v>
+        <v>105</v>
       </c>
       <c r="D144" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E144" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F144" t="s">
-        <v>75</v>
+        <v>529</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="H144" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>230</v>
+        <v>109</v>
       </c>
       <c r="D145" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E145" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F145" t="s">
-        <v>128</v>
+        <v>28</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="H145" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>234</v>
+        <v>113</v>
       </c>
       <c r="D146" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E146" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F146" t="s">
-        <v>121</v>
+        <v>23</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="H146" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>239</v>
+        <v>117</v>
       </c>
       <c r="D147" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E147" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F147" t="s">
-        <v>75</v>
+        <v>43</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="H147" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>243</v>
+        <v>121</v>
       </c>
       <c r="D148" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E148" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F148" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="H148" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>247</v>
+        <v>125</v>
       </c>
       <c r="D149" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E149" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F149" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="H149" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>251</v>
+        <v>129</v>
       </c>
       <c r="D150" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E150" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F150" t="s">
-        <v>128</v>
+        <v>53</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="H150" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>255</v>
+        <v>133</v>
       </c>
       <c r="D151" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E151" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F151" t="s">
-        <v>121</v>
+        <v>23</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="H151" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>259</v>
+        <v>137</v>
       </c>
       <c r="D152" t="s">
-        <v>435</v>
+        <v>496</v>
       </c>
       <c r="E152" t="s">
-        <v>436</v>
+        <v>497</v>
       </c>
       <c r="F152" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="H152" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>10</v>
+        <v>141</v>
       </c>
       <c r="D153" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E153" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F153" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="H153" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
       <c r="D154" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E154" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F154" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="H154" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>21</v>
+        <v>149</v>
       </c>
       <c r="D155" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E155" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F155" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="H155" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>25</v>
+        <v>153</v>
       </c>
       <c r="D156" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E156" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F156" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="H156" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>45</v>
+        <v>157</v>
       </c>
       <c r="D157" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E157" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F157" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="H157" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>50</v>
+        <v>236</v>
       </c>
       <c r="D158" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E158" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F158" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="H158" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="D159" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E159" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F159" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="H159" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>58</v>
+        <v>244</v>
       </c>
       <c r="D160" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E160" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F160" t="s">
         <v>13</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="H160" t="s">
-        <v>570</v>
+        <v>579</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>62</v>
+        <v>248</v>
       </c>
       <c r="D161" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E161" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F161" t="s">
         <v>13</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="H161" t="s">
-        <v>570</v>
+        <v>582</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>66</v>
+        <v>252</v>
       </c>
       <c r="D162" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E162" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F162" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="H162" t="s">
-        <v>570</v>
+        <v>585</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>70</v>
+        <v>264</v>
       </c>
       <c r="D163" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E163" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F163" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="H163" t="s">
-        <v>565</v>
+        <v>588</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>74</v>
+        <v>268</v>
       </c>
       <c r="D164" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E164" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F164" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="H164" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>79</v>
+        <v>272</v>
       </c>
       <c r="D165" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E165" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F165" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
       <c r="H165" t="s">
-        <v>565</v>
+        <v>594</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>586</v>
+        <v>595</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>83</v>
+        <v>277</v>
       </c>
       <c r="D166" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E166" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F166" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>587</v>
+        <v>596</v>
       </c>
       <c r="H166" t="s">
-        <v>570</v>
+        <v>597</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>87</v>
+        <v>281</v>
       </c>
       <c r="D167" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E167" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F167" t="s">
         <v>13</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
       <c r="H167" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>91</v>
+        <v>285</v>
       </c>
       <c r="D168" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E168" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F168" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>592</v>
+        <v>602</v>
       </c>
       <c r="H168" t="s">
-        <v>562</v>
+        <v>603</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>593</v>
+        <v>604</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>95</v>
+        <v>289</v>
       </c>
       <c r="D169" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E169" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F169" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>594</v>
+        <v>605</v>
       </c>
       <c r="H169" t="s">
-        <v>562</v>
+        <v>606</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>595</v>
+        <v>607</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>99</v>
+        <v>293</v>
       </c>
       <c r="D170" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E170" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F170" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>596</v>
+        <v>608</v>
       </c>
       <c r="H170" t="s">
-        <v>597</v>
+        <v>609</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>103</v>
+        <v>297</v>
       </c>
       <c r="D171" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E171" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F171" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>599</v>
+        <v>611</v>
       </c>
       <c r="H171" t="s">
-        <v>600</v>
+        <v>612</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>601</v>
+        <v>613</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>107</v>
+        <v>301</v>
       </c>
       <c r="D172" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E172" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F172" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>602</v>
+        <v>614</v>
       </c>
       <c r="H172" t="s">
-        <v>562</v>
+        <v>615</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>603</v>
+        <v>616</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>111</v>
+        <v>309</v>
       </c>
       <c r="D173" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E173" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F173" t="s">
         <v>13</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>604</v>
+        <v>617</v>
       </c>
       <c r="H173" t="s">
-        <v>570</v>
+        <v>618</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>186</v>
+        <v>313</v>
       </c>
       <c r="D174" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E174" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F174" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>606</v>
+        <v>620</v>
       </c>
       <c r="H174" t="s">
-        <v>570</v>
+        <v>621</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>607</v>
+        <v>622</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>190</v>
+        <v>317</v>
       </c>
       <c r="D175" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="E175" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="F175" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>608</v>
+        <v>623</v>
       </c>
       <c r="H175" t="s">
-        <v>562</v>
+        <v>624</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>609</v>
+        <v>625</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>194</v>
+        <v>10</v>
       </c>
       <c r="D176" t="s">
-        <v>553</v>
+        <v>626</v>
       </c>
       <c r="E176" t="s">
-        <v>554</v>
+        <v>627</v>
       </c>
       <c r="F176" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>610</v>
+        <v>628</v>
       </c>
       <c r="H176" t="s">
-        <v>611</v>
+        <v>629</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>612</v>
+        <v>630</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>198</v>
+        <v>17</v>
       </c>
       <c r="D177" t="s">
-        <v>553</v>
+        <v>626</v>
       </c>
       <c r="E177" t="s">
-        <v>554</v>
+        <v>627</v>
       </c>
       <c r="F177" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>613</v>
+        <v>631</v>
       </c>
       <c r="H177" t="s">
-        <v>570</v>
+        <v>632</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>614</v>
+        <v>633</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>202</v>
+        <v>22</v>
       </c>
       <c r="D178" t="s">
-        <v>553</v>
+        <v>626</v>
       </c>
       <c r="E178" t="s">
-        <v>554</v>
+        <v>627</v>
       </c>
       <c r="F178" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>615</v>
+        <v>634</v>
       </c>
       <c r="H178" t="s">
-        <v>616</v>
+        <v>635</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>617</v>
+        <v>636</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>206</v>
+        <v>27</v>
       </c>
       <c r="D179" t="s">
-        <v>553</v>
+        <v>626</v>
       </c>
       <c r="E179" t="s">
-        <v>554</v>
+        <v>627</v>
       </c>
       <c r="F179" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>618</v>
+        <v>637</v>
       </c>
       <c r="H179" t="s">
-        <v>619</v>
+        <v>638</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>620</v>
+        <v>639</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>210</v>
+        <v>32</v>
       </c>
       <c r="D180" t="s">
-        <v>553</v>
+        <v>626</v>
       </c>
       <c r="E180" t="s">
-        <v>554</v>
+        <v>627</v>
       </c>
       <c r="F180" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>621</v>
+        <v>640</v>
       </c>
       <c r="H180" t="s">
-        <v>622</v>
+        <v>638</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>623</v>
+        <v>641</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>214</v>
+        <v>37</v>
       </c>
       <c r="D181" t="s">
-        <v>553</v>
+        <v>626</v>
       </c>
       <c r="E181" t="s">
-        <v>554</v>
+        <v>627</v>
       </c>
       <c r="F181" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>624</v>
+        <v>642</v>
       </c>
       <c r="H181" t="s">
-        <v>562</v>
+        <v>643</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>625</v>
+        <v>644</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>218</v>
+        <v>42</v>
       </c>
       <c r="D182" t="s">
-        <v>553</v>
+        <v>626</v>
       </c>
       <c r="E182" t="s">
-        <v>554</v>
+        <v>627</v>
       </c>
       <c r="F182" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>626</v>
+        <v>645</v>
       </c>
       <c r="H182" t="s">
-        <v>570</v>
+        <v>643</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>646</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>47</v>
+      </c>
+      <c r="D183" t="s">
+        <v>626</v>
+      </c>
+      <c r="E183" t="s">
         <v>627</v>
       </c>
-      <c r="B183" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F183" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>628</v>
+        <v>647</v>
       </c>
       <c r="H183" t="s">
-        <v>562</v>
+        <v>643</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>629</v>
+        <v>648</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>226</v>
+        <v>52</v>
       </c>
       <c r="D184" t="s">
-        <v>553</v>
+        <v>626</v>
       </c>
       <c r="E184" t="s">
-        <v>554</v>
+        <v>627</v>
       </c>
       <c r="F184" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>630</v>
+        <v>649</v>
       </c>
       <c r="H184" t="s">
-        <v>570</v>
+        <v>643</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>631</v>
+        <v>650</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>230</v>
+        <v>101</v>
       </c>
       <c r="D185" t="s">
-        <v>553</v>
+        <v>626</v>
       </c>
       <c r="E185" t="s">
-        <v>554</v>
+        <v>627</v>
       </c>
       <c r="F185" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>632</v>
+        <v>651</v>
       </c>
       <c r="H185" t="s">
-        <v>570</v>
+        <v>643</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>633</v>
+        <v>652</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>234</v>
+        <v>105</v>
       </c>
       <c r="D186" t="s">
-        <v>553</v>
+        <v>626</v>
       </c>
       <c r="E186" t="s">
-        <v>554</v>
+        <v>627</v>
       </c>
       <c r="F186" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>634</v>
+        <v>653</v>
       </c>
       <c r="H186" t="s">
-        <v>570</v>
+        <v>638</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>635</v>
+        <v>654</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="D187" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="E187" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
       <c r="F187" t="s">
-        <v>638</v>
+        <v>59</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>639</v>
+        <v>655</v>
       </c>
       <c r="H187" t="s">
-        <v>640</v>
+        <v>656</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>641</v>
+        <v>657</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="D188" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="E188" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
       <c r="F188" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>642</v>
+        <v>658</v>
       </c>
       <c r="H188" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>644</v>
+        <v>659</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>21</v>
+        <v>117</v>
       </c>
       <c r="D189" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="E189" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
       <c r="F189" t="s">
-        <v>121</v>
+        <v>59</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>645</v>
+        <v>660</v>
       </c>
       <c r="H189" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>647</v>
+        <v>661</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>10</v>
+        <v>121</v>
       </c>
       <c r="D190" t="s">
-        <v>648</v>
+        <v>626</v>
       </c>
       <c r="E190" t="s">
-        <v>649</v>
+        <v>627</v>
       </c>
       <c r="F190" t="s">
-        <v>235</v>
+        <v>59</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>650</v>
+        <v>662</v>
       </c>
       <c r="H190" t="s">
-        <v>651</v>
+        <v>663</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>652</v>
+        <v>664</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="D191" t="s">
-        <v>648</v>
+        <v>626</v>
       </c>
       <c r="E191" t="s">
-        <v>649</v>
+        <v>627</v>
       </c>
       <c r="F191" t="s">
-        <v>347</v>
+        <v>59</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>653</v>
+        <v>665</v>
       </c>
       <c r="H191" t="s">
-        <v>654</v>
+        <v>635</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>655</v>
+        <v>666</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>21</v>
+        <v>129</v>
       </c>
       <c r="D192" t="s">
-        <v>648</v>
+        <v>626</v>
       </c>
       <c r="E192" t="s">
-        <v>649</v>
+        <v>627</v>
       </c>
       <c r="F192" t="s">
-        <v>656</v>
+        <v>59</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="H192" t="s">
-        <v>658</v>
+        <v>635</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>659</v>
+        <v>668</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>25</v>
+        <v>133</v>
       </c>
       <c r="D193" t="s">
-        <v>648</v>
+        <v>626</v>
       </c>
       <c r="E193" t="s">
-        <v>649</v>
+        <v>627</v>
       </c>
       <c r="F193" t="s">
-        <v>347</v>
+        <v>59</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>660</v>
+        <v>669</v>
       </c>
       <c r="H193" t="s">
-        <v>661</v>
+        <v>670</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>662</v>
+        <v>671</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="D194" t="s">
-        <v>648</v>
+        <v>626</v>
       </c>
       <c r="E194" t="s">
-        <v>649</v>
+        <v>627</v>
       </c>
       <c r="F194" t="s">
-        <v>347</v>
+        <v>59</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>663</v>
+        <v>672</v>
       </c>
       <c r="H194" t="s">
-        <v>664</v>
+        <v>673</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>665</v>
+        <v>674</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>50</v>
+        <v>141</v>
       </c>
       <c r="D195" t="s">
-        <v>648</v>
+        <v>626</v>
       </c>
       <c r="E195" t="s">
-        <v>649</v>
+        <v>627</v>
       </c>
       <c r="F195" t="s">
-        <v>347</v>
+        <v>59</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>666</v>
+        <v>675</v>
       </c>
       <c r="H195" t="s">
-        <v>667</v>
+        <v>635</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>54</v>
+        <v>145</v>
       </c>
       <c r="D196" t="s">
-        <v>648</v>
+        <v>626</v>
       </c>
       <c r="E196" t="s">
-        <v>649</v>
+        <v>627</v>
       </c>
       <c r="F196" t="s">
-        <v>347</v>
+        <v>59</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="H196" t="s">
-        <v>670</v>
+        <v>643</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>58</v>
+        <v>149</v>
       </c>
       <c r="D197" t="s">
-        <v>648</v>
+        <v>626</v>
       </c>
       <c r="E197" t="s">
-        <v>649</v>
+        <v>627</v>
       </c>
       <c r="F197" t="s">
-        <v>672</v>
+        <v>59</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="H197" t="s">
-        <v>674</v>
+        <v>643</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>10</v>
+        <v>153</v>
       </c>
       <c r="D198" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E198" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F198" t="s">
-        <v>678</v>
+        <v>59</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="H198" t="s">
-        <v>680</v>
+        <v>635</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>17</v>
+        <v>157</v>
       </c>
       <c r="D199" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E199" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F199" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="H199" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>21</v>
+        <v>236</v>
       </c>
       <c r="D200" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E200" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F200" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="H200" t="s">
-        <v>686</v>
+        <v>643</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>687</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>25</v>
+        <v>240</v>
       </c>
       <c r="D201" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E201" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F201" t="s">
-        <v>117</v>
+        <v>59</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>688</v>
       </c>
       <c r="H201" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>690</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>45</v>
+        <v>244</v>
       </c>
       <c r="D202" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E202" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F202" t="s">
-        <v>128</v>
+        <v>59</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>691</v>
       </c>
       <c r="H202" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>693</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>50</v>
+        <v>248</v>
       </c>
       <c r="D203" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E203" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F203" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>694</v>
       </c>
       <c r="H203" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>696</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>54</v>
+        <v>252</v>
       </c>
       <c r="D204" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E204" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F204" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>697</v>
       </c>
       <c r="H204" t="s">
-        <v>698</v>
+        <v>635</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
+        <v>698</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>256</v>
+      </c>
+      <c r="D205" t="s">
+        <v>626</v>
+      </c>
+      <c r="E205" t="s">
+        <v>627</v>
+      </c>
+      <c r="F205" t="s">
+        <v>59</v>
+      </c>
+      <c r="G205" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="B205" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H205" t="s">
-        <v>701</v>
+        <v>643</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>62</v>
+        <v>260</v>
       </c>
       <c r="D206" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E206" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F206" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="H206" t="s">
-        <v>704</v>
+        <v>635</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>66</v>
+        <v>264</v>
       </c>
       <c r="D207" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E207" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F207" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="H207" t="s">
-        <v>707</v>
+        <v>643</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>70</v>
+        <v>268</v>
       </c>
       <c r="D208" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E208" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F208" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="H208" t="s">
-        <v>710</v>
+        <v>643</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>74</v>
+        <v>272</v>
       </c>
       <c r="D209" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E209" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F209" t="s">
-        <v>712</v>
+        <v>59</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>713</v>
+        <v>707</v>
       </c>
       <c r="H209" t="s">
-        <v>714</v>
+        <v>643</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>715</v>
+        <v>708</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>79</v>
+        <v>277</v>
       </c>
       <c r="D210" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E210" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F210" t="s">
-        <v>121</v>
+        <v>59</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>716</v>
+        <v>709</v>
       </c>
       <c r="H210" t="s">
-        <v>717</v>
+        <v>710</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>83</v>
+        <v>281</v>
       </c>
       <c r="D211" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E211" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F211" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="H211" t="s">
-        <v>720</v>
+        <v>635</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>721</v>
+        <v>713</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>87</v>
+        <v>285</v>
       </c>
       <c r="D212" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E212" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F212" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>722</v>
+        <v>714</v>
       </c>
       <c r="H212" t="s">
-        <v>723</v>
+        <v>643</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>724</v>
+        <v>715</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>91</v>
+        <v>289</v>
       </c>
       <c r="D213" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E213" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F213" t="s">
-        <v>132</v>
+        <v>59</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>725</v>
+        <v>716</v>
       </c>
       <c r="H213" t="s">
-        <v>726</v>
+        <v>635</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>727</v>
+        <v>717</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>95</v>
+        <v>293</v>
       </c>
       <c r="D214" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E214" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F214" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>728</v>
+        <v>718</v>
       </c>
       <c r="H214" t="s">
-        <v>729</v>
+        <v>638</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>730</v>
+        <v>719</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>99</v>
+        <v>297</v>
       </c>
       <c r="D215" t="s">
-        <v>676</v>
+        <v>626</v>
       </c>
       <c r="E215" t="s">
-        <v>677</v>
+        <v>627</v>
       </c>
       <c r="F215" t="s">
-        <v>117</v>
+        <v>59</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>731</v>
+        <v>720</v>
       </c>
       <c r="H215" t="s">
-        <v>732</v>
+        <v>643</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>733</v>
+        <v>721</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>103</v>
+        <v>10</v>
       </c>
       <c r="D216" t="s">
-        <v>676</v>
+        <v>722</v>
       </c>
       <c r="E216" t="s">
-        <v>677</v>
+        <v>723</v>
       </c>
       <c r="F216" t="s">
-        <v>46</v>
+        <v>724</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>734</v>
+        <v>725</v>
       </c>
       <c r="H216" t="s">
-        <v>735</v>
+        <v>726</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>736</v>
+        <v>727</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>107</v>
+        <v>17</v>
       </c>
       <c r="D217" t="s">
-        <v>676</v>
+        <v>722</v>
       </c>
       <c r="E217" t="s">
-        <v>677</v>
+        <v>723</v>
       </c>
       <c r="F217" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>737</v>
+        <v>728</v>
       </c>
       <c r="H217" t="s">
-        <v>738</v>
+        <v>729</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>739</v>
+        <v>730</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>111</v>
+        <v>22</v>
       </c>
       <c r="D218" t="s">
-        <v>676</v>
+        <v>722</v>
       </c>
       <c r="E218" t="s">
-        <v>677</v>
+        <v>723</v>
       </c>
       <c r="F218" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>740</v>
+        <v>731</v>
       </c>
       <c r="H218" t="s">
-        <v>741</v>
+        <v>732</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>742</v>
+        <v>733</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>186</v>
+        <v>10</v>
       </c>
       <c r="D219" t="s">
-        <v>676</v>
+        <v>734</v>
       </c>
       <c r="E219" t="s">
-        <v>677</v>
+        <v>735</v>
       </c>
       <c r="F219" t="s">
-        <v>121</v>
+        <v>273</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>743</v>
+        <v>736</v>
       </c>
       <c r="H219" t="s">
-        <v>744</v>
+        <v>737</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>745</v>
+        <v>738</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>190</v>
+        <v>17</v>
       </c>
       <c r="D220" t="s">
-        <v>676</v>
+        <v>734</v>
       </c>
       <c r="E220" t="s">
-        <v>677</v>
+        <v>735</v>
       </c>
       <c r="F220" t="s">
-        <v>121</v>
+        <v>393</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>746</v>
+        <v>739</v>
       </c>
       <c r="H220" t="s">
-        <v>747</v>
+        <v>740</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>748</v>
+        <v>741</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>194</v>
+        <v>22</v>
       </c>
       <c r="D221" t="s">
-        <v>676</v>
+        <v>734</v>
       </c>
       <c r="E221" t="s">
-        <v>677</v>
+        <v>735</v>
       </c>
       <c r="F221" t="s">
-        <v>31</v>
+        <v>742</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>749</v>
+        <v>743</v>
       </c>
       <c r="H221" t="s">
-        <v>750</v>
+        <v>744</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>751</v>
+        <v>745</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>198</v>
+        <v>27</v>
       </c>
       <c r="D222" t="s">
-        <v>676</v>
+        <v>734</v>
       </c>
       <c r="E222" t="s">
-        <v>677</v>
+        <v>735</v>
       </c>
       <c r="F222" t="s">
-        <v>128</v>
+        <v>393</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>752</v>
+        <v>746</v>
       </c>
       <c r="H222" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>754</v>
+        <v>748</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>202</v>
+        <v>32</v>
       </c>
       <c r="D223" t="s">
-        <v>676</v>
+        <v>734</v>
       </c>
       <c r="E223" t="s">
-        <v>677</v>
+        <v>735</v>
       </c>
       <c r="F223" t="s">
-        <v>128</v>
+        <v>393</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>755</v>
+        <v>749</v>
       </c>
       <c r="H223" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>206</v>
+        <v>37</v>
       </c>
       <c r="D224" t="s">
-        <v>676</v>
+        <v>734</v>
       </c>
       <c r="E224" t="s">
-        <v>677</v>
+        <v>735</v>
       </c>
       <c r="F224" t="s">
-        <v>35</v>
+        <v>393</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>758</v>
+        <v>752</v>
       </c>
       <c r="H224" t="s">
-        <v>759</v>
+        <v>753</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>760</v>
+        <v>754</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>210</v>
+        <v>42</v>
       </c>
       <c r="D225" t="s">
-        <v>676</v>
+        <v>734</v>
       </c>
       <c r="E225" t="s">
-        <v>677</v>
+        <v>735</v>
       </c>
       <c r="F225" t="s">
-        <v>121</v>
+        <v>393</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>761</v>
+        <v>755</v>
       </c>
       <c r="H225" t="s">
-        <v>762</v>
+        <v>756</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>763</v>
+        <v>757</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>214</v>
+        <v>47</v>
       </c>
       <c r="D226" t="s">
-        <v>676</v>
+        <v>734</v>
       </c>
       <c r="E226" t="s">
-        <v>677</v>
+        <v>735</v>
       </c>
       <c r="F226" t="s">
-        <v>35</v>
+        <v>758</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
       <c r="H226" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
+        <v>761</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>10</v>
+      </c>
+      <c r="D227" t="s">
+        <v>762</v>
+      </c>
+      <c r="E227" t="s">
+        <v>763</v>
+      </c>
+      <c r="F227" t="s">
+        <v>764</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="H227" t="s">
         <v>766</v>
-      </c>
-[...19 lines deleted...]
-        <v>768</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
+        <v>767</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>17</v>
+      </c>
+      <c r="D228" t="s">
+        <v>762</v>
+      </c>
+      <c r="E228" t="s">
+        <v>763</v>
+      </c>
+      <c r="F228" t="s">
+        <v>43</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="H228" t="s">
         <v>769</v>
-      </c>
-[...19 lines deleted...]
-        <v>771</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
+        <v>770</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>22</v>
+      </c>
+      <c r="D229" t="s">
+        <v>762</v>
+      </c>
+      <c r="E229" t="s">
+        <v>763</v>
+      </c>
+      <c r="F229" t="s">
+        <v>13</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="H229" t="s">
         <v>772</v>
-      </c>
-[...19 lines deleted...]
-        <v>774</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
+        <v>773</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>27</v>
+      </c>
+      <c r="D230" t="s">
+        <v>762</v>
+      </c>
+      <c r="E230" t="s">
+        <v>763</v>
+      </c>
+      <c r="F230" t="s">
+        <v>38</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="H230" t="s">
         <v>775</v>
-      </c>
-[...19 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
+        <v>776</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>32</v>
+      </c>
+      <c r="D231" t="s">
+        <v>762</v>
+      </c>
+      <c r="E231" t="s">
+        <v>763</v>
+      </c>
+      <c r="F231" t="s">
+        <v>48</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H231" t="s">
         <v>778</v>
-      </c>
-[...19 lines deleted...]
-        <v>780</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
+        <v>779</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>37</v>
+      </c>
+      <c r="D232" t="s">
+        <v>762</v>
+      </c>
+      <c r="E232" t="s">
+        <v>763</v>
+      </c>
+      <c r="F232" t="s">
+        <v>43</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="H232" t="s">
         <v>781</v>
-      </c>
-[...19 lines deleted...]
-        <v>783</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
+        <v>782</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>42</v>
+      </c>
+      <c r="D233" t="s">
+        <v>762</v>
+      </c>
+      <c r="E233" t="s">
+        <v>763</v>
+      </c>
+      <c r="F233" t="s">
+        <v>33</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="H233" t="s">
         <v>784</v>
-      </c>
-[...19 lines deleted...]
-        <v>786</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
+        <v>785</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>47</v>
+      </c>
+      <c r="D234" t="s">
+        <v>762</v>
+      </c>
+      <c r="E234" t="s">
+        <v>763</v>
+      </c>
+      <c r="F234" t="s">
+        <v>33</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="H234" t="s">
         <v>787</v>
-      </c>
-[...19 lines deleted...]
-        <v>789</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
+        <v>788</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>52</v>
+      </c>
+      <c r="D235" t="s">
+        <v>762</v>
+      </c>
+      <c r="E235" t="s">
+        <v>763</v>
+      </c>
+      <c r="F235" t="s">
+        <v>33</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="H235" t="s">
         <v>790</v>
-      </c>
-[...19 lines deleted...]
-        <v>792</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
+        <v>791</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>101</v>
+      </c>
+      <c r="D236" t="s">
+        <v>762</v>
+      </c>
+      <c r="E236" t="s">
+        <v>763</v>
+      </c>
+      <c r="F236" t="s">
+        <v>43</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="H236" t="s">
         <v>793</v>
-      </c>
-[...19 lines deleted...]
-        <v>795</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
+        <v>794</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>105</v>
+      </c>
+      <c r="D237" t="s">
+        <v>762</v>
+      </c>
+      <c r="E237" t="s">
+        <v>763</v>
+      </c>
+      <c r="F237" t="s">
+        <v>43</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="H237" t="s">
         <v>796</v>
-      </c>
-[...19 lines deleted...]
-        <v>798</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
+        <v>797</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>109</v>
+      </c>
+      <c r="D238" t="s">
+        <v>762</v>
+      </c>
+      <c r="E238" t="s">
+        <v>763</v>
+      </c>
+      <c r="F238" t="s">
+        <v>798</v>
+      </c>
+      <c r="G238" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="B238" t="s">
-[...14 lines deleted...]
-      <c r="G238" s="1" t="s">
+      <c r="H238" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
+        <v>801</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>113</v>
+      </c>
+      <c r="D239" t="s">
+        <v>762</v>
+      </c>
+      <c r="E239" t="s">
+        <v>763</v>
+      </c>
+      <c r="F239" t="s">
+        <v>23</v>
+      </c>
+      <c r="G239" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="B239" t="s">
-[...14 lines deleted...]
-      <c r="G239" s="1" t="s">
+      <c r="H239" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
+        <v>804</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>117</v>
+      </c>
+      <c r="D240" t="s">
+        <v>762</v>
+      </c>
+      <c r="E240" t="s">
+        <v>763</v>
+      </c>
+      <c r="F240" t="s">
+        <v>13</v>
+      </c>
+      <c r="G240" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="B240" t="s">
-[...14 lines deleted...]
-      <c r="G240" s="1" t="s">
+      <c r="H240" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
+        <v>807</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>121</v>
+      </c>
+      <c r="D241" t="s">
+        <v>762</v>
+      </c>
+      <c r="E241" t="s">
+        <v>763</v>
+      </c>
+      <c r="F241" t="s">
+        <v>13</v>
+      </c>
+      <c r="G241" s="1" t="s">
         <v>808</v>
       </c>
-      <c r="B241" t="s">
-[...14 lines deleted...]
-      <c r="G241" s="1" t="s">
+      <c r="H241" t="s">
         <v>809</v>
-      </c>
-[...1 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
+        <v>810</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>125</v>
+      </c>
+      <c r="D242" t="s">
+        <v>762</v>
+      </c>
+      <c r="E242" t="s">
+        <v>763</v>
+      </c>
+      <c r="F242" t="s">
+        <v>28</v>
+      </c>
+      <c r="G242" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="B242" t="s">
-[...14 lines deleted...]
-      <c r="G242" s="1" t="s">
+      <c r="H242" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
+        <v>813</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>129</v>
+      </c>
+      <c r="D243" t="s">
+        <v>762</v>
+      </c>
+      <c r="E243" t="s">
+        <v>763</v>
+      </c>
+      <c r="F243" t="s">
+        <v>33</v>
+      </c>
+      <c r="G243" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="B243" t="s">
-[...14 lines deleted...]
-      <c r="G243" s="1" t="s">
+      <c r="H243" t="s">
         <v>815</v>
-      </c>
-[...1 lines deleted...]
-        <v>816</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
+        <v>816</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>133</v>
+      </c>
+      <c r="D244" t="s">
+        <v>762</v>
+      </c>
+      <c r="E244" t="s">
+        <v>763</v>
+      </c>
+      <c r="F244" t="s">
+        <v>38</v>
+      </c>
+      <c r="G244" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="B244" t="s">
-[...14 lines deleted...]
-      <c r="G244" s="1" t="s">
+      <c r="H244" t="s">
         <v>818</v>
-      </c>
-[...1 lines deleted...]
-        <v>819</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
+        <v>819</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>137</v>
+      </c>
+      <c r="D245" t="s">
+        <v>762</v>
+      </c>
+      <c r="E245" t="s">
+        <v>763</v>
+      </c>
+      <c r="F245" t="s">
+        <v>13</v>
+      </c>
+      <c r="G245" s="1" t="s">
         <v>820</v>
       </c>
-      <c r="B245" t="s">
-[...14 lines deleted...]
-      <c r="G245" s="1" t="s">
+      <c r="H245" t="s">
         <v>821</v>
-      </c>
-[...1 lines deleted...]
-        <v>822</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
+        <v>822</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>141</v>
+      </c>
+      <c r="D246" t="s">
+        <v>762</v>
+      </c>
+      <c r="E246" t="s">
+        <v>763</v>
+      </c>
+      <c r="F246" t="s">
+        <v>13</v>
+      </c>
+      <c r="G246" s="1" t="s">
         <v>823</v>
       </c>
-      <c r="B246" t="s">
-[...14 lines deleted...]
-      <c r="G246" s="1" t="s">
+      <c r="H246" t="s">
         <v>824</v>
-      </c>
-[...1 lines deleted...]
-        <v>825</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
+        <v>825</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>145</v>
+      </c>
+      <c r="D247" t="s">
+        <v>762</v>
+      </c>
+      <c r="E247" t="s">
+        <v>763</v>
+      </c>
+      <c r="F247" t="s">
+        <v>13</v>
+      </c>
+      <c r="G247" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="B247" t="s">
-[...14 lines deleted...]
-      <c r="G247" s="1" t="s">
+      <c r="H247" t="s">
         <v>827</v>
-      </c>
-[...1 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
+        <v>828</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>149</v>
+      </c>
+      <c r="D248" t="s">
+        <v>762</v>
+      </c>
+      <c r="E248" t="s">
+        <v>763</v>
+      </c>
+      <c r="F248" t="s">
+        <v>23</v>
+      </c>
+      <c r="G248" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="B248" t="s">
-[...14 lines deleted...]
-      <c r="G248" s="1" t="s">
+      <c r="H248" t="s">
         <v>830</v>
-      </c>
-[...1 lines deleted...]
-        <v>831</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
+        <v>831</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>153</v>
+      </c>
+      <c r="D249" t="s">
+        <v>762</v>
+      </c>
+      <c r="E249" t="s">
+        <v>763</v>
+      </c>
+      <c r="F249" t="s">
+        <v>23</v>
+      </c>
+      <c r="G249" s="1" t="s">
         <v>832</v>
       </c>
-      <c r="B249" t="s">
-[...14 lines deleted...]
-      <c r="G249" s="1" t="s">
+      <c r="H249" t="s">
         <v>833</v>
-      </c>
-[...1 lines deleted...]
-        <v>834</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
+        <v>834</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>157</v>
+      </c>
+      <c r="D250" t="s">
+        <v>762</v>
+      </c>
+      <c r="E250" t="s">
+        <v>763</v>
+      </c>
+      <c r="F250" t="s">
+        <v>33</v>
+      </c>
+      <c r="G250" s="1" t="s">
         <v>835</v>
       </c>
-      <c r="B250" t="s">
-[...14 lines deleted...]
-      <c r="G250" s="1" t="s">
+      <c r="H250" t="s">
         <v>836</v>
-      </c>
-[...1 lines deleted...]
-        <v>837</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
+        <v>837</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>236</v>
+      </c>
+      <c r="D251" t="s">
+        <v>762</v>
+      </c>
+      <c r="E251" t="s">
+        <v>763</v>
+      </c>
+      <c r="F251" t="s">
+        <v>48</v>
+      </c>
+      <c r="G251" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="B251" t="s">
-[...14 lines deleted...]
-      <c r="G251" s="1" t="s">
+      <c r="H251" t="s">
         <v>839</v>
-      </c>
-[...1 lines deleted...]
-        <v>840</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
+        <v>840</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>240</v>
+      </c>
+      <c r="D252" t="s">
+        <v>762</v>
+      </c>
+      <c r="E252" t="s">
+        <v>763</v>
+      </c>
+      <c r="F252" t="s">
+        <v>48</v>
+      </c>
+      <c r="G252" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="B252" t="s">
-[...14 lines deleted...]
-      <c r="G252" s="1" t="s">
+      <c r="H252" t="s">
         <v>842</v>
-      </c>
-[...1 lines deleted...]
-        <v>843</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
+        <v>843</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>244</v>
+      </c>
+      <c r="D253" t="s">
+        <v>762</v>
+      </c>
+      <c r="E253" t="s">
+        <v>763</v>
+      </c>
+      <c r="F253" t="s">
+        <v>18</v>
+      </c>
+      <c r="G253" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="B253" t="s">
-[...14 lines deleted...]
-      <c r="G253" s="1" t="s">
+      <c r="H253" t="s">
         <v>845</v>
-      </c>
-[...1 lines deleted...]
-        <v>846</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
+        <v>846</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>248</v>
+      </c>
+      <c r="D254" t="s">
+        <v>762</v>
+      </c>
+      <c r="E254" t="s">
+        <v>763</v>
+      </c>
+      <c r="F254" t="s">
+        <v>23</v>
+      </c>
+      <c r="G254" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="B254" t="s">
-[...14 lines deleted...]
-      <c r="G254" s="1" t="s">
+      <c r="H254" t="s">
         <v>848</v>
-      </c>
-[...1 lines deleted...]
-        <v>849</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
+        <v>849</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>252</v>
+      </c>
+      <c r="D255" t="s">
+        <v>762</v>
+      </c>
+      <c r="E255" t="s">
+        <v>763</v>
+      </c>
+      <c r="F255" t="s">
+        <v>18</v>
+      </c>
+      <c r="G255" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="B255" t="s">
-[...14 lines deleted...]
-      <c r="G255" s="1" t="s">
+      <c r="H255" t="s">
         <v>851</v>
-      </c>
-[...1 lines deleted...]
-        <v>852</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
+        <v>852</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>256</v>
+      </c>
+      <c r="D256" t="s">
+        <v>762</v>
+      </c>
+      <c r="E256" t="s">
+        <v>763</v>
+      </c>
+      <c r="F256" t="s">
+        <v>23</v>
+      </c>
+      <c r="G256" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="B256" t="s">
-[...14 lines deleted...]
-      <c r="G256" s="1" t="s">
+      <c r="H256" t="s">
         <v>854</v>
-      </c>
-[...1 lines deleted...]
-        <v>855</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
+        <v>855</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>260</v>
+      </c>
+      <c r="D257" t="s">
+        <v>762</v>
+      </c>
+      <c r="E257" t="s">
+        <v>763</v>
+      </c>
+      <c r="F257" t="s">
+        <v>53</v>
+      </c>
+      <c r="G257" s="1" t="s">
         <v>856</v>
       </c>
-      <c r="B257" t="s">
-[...2 lines deleted...]
-      <c r="C257" t="s">
+      <c r="H257" t="s">
         <v>857</v>
-      </c>
-[...13 lines deleted...]
-        <v>859</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
+        <v>858</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>264</v>
+      </c>
+      <c r="D258" t="s">
+        <v>762</v>
+      </c>
+      <c r="E258" t="s">
+        <v>763</v>
+      </c>
+      <c r="F258" t="s">
+        <v>53</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="H258" t="s">
         <v>860</v>
-      </c>
-[...19 lines deleted...]
-        <v>863</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>865</v>
+        <v>268</v>
       </c>
       <c r="D259" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E259" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F259" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="H259" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>869</v>
+        <v>272</v>
       </c>
       <c r="D260" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E260" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F260" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>870</v>
+        <v>865</v>
       </c>
       <c r="H260" t="s">
-        <v>871</v>
+        <v>866</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>872</v>
+        <v>867</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>873</v>
+        <v>277</v>
       </c>
       <c r="D261" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E261" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F261" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>874</v>
+        <v>868</v>
       </c>
       <c r="H261" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>875</v>
+        <v>870</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>876</v>
+        <v>281</v>
       </c>
       <c r="D262" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E262" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F262" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>877</v>
+        <v>871</v>
       </c>
       <c r="H262" t="s">
-        <v>878</v>
+        <v>872</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>879</v>
+        <v>873</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>880</v>
+        <v>285</v>
       </c>
       <c r="D263" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E263" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F263" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>881</v>
+        <v>874</v>
       </c>
       <c r="H263" t="s">
-        <v>882</v>
+        <v>875</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>884</v>
+        <v>289</v>
       </c>
       <c r="D264" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E264" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F264" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>885</v>
+        <v>877</v>
       </c>
       <c r="H264" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>887</v>
+        <v>879</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>888</v>
+        <v>293</v>
       </c>
       <c r="D265" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E265" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F265" t="s">
-        <v>128</v>
+        <v>53</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>889</v>
+        <v>880</v>
       </c>
       <c r="H265" t="s">
-        <v>890</v>
+        <v>881</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>891</v>
+        <v>882</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>892</v>
+        <v>297</v>
       </c>
       <c r="D266" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E266" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F266" t="s">
-        <v>128</v>
+        <v>33</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>893</v>
+        <v>883</v>
       </c>
       <c r="H266" t="s">
-        <v>894</v>
+        <v>884</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>895</v>
+        <v>885</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>896</v>
+        <v>301</v>
       </c>
       <c r="D267" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E267" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F267" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>897</v>
+        <v>886</v>
       </c>
       <c r="H267" t="s">
-        <v>898</v>
+        <v>887</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>899</v>
+        <v>888</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>900</v>
+        <v>305</v>
       </c>
       <c r="D268" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E268" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F268" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>901</v>
+        <v>889</v>
       </c>
       <c r="H268" t="s">
-        <v>902</v>
+        <v>890</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>903</v>
+        <v>891</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>904</v>
+        <v>309</v>
       </c>
       <c r="D269" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E269" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F269" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>905</v>
+        <v>892</v>
       </c>
       <c r="H269" t="s">
-        <v>906</v>
+        <v>893</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>907</v>
+        <v>894</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>908</v>
+        <v>313</v>
       </c>
       <c r="D270" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E270" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F270" t="s">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>909</v>
+        <v>895</v>
       </c>
       <c r="H270" t="s">
-        <v>910</v>
+        <v>896</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>911</v>
+        <v>897</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>912</v>
+        <v>317</v>
       </c>
       <c r="D271" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E271" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F271" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>913</v>
+        <v>898</v>
       </c>
       <c r="H271" t="s">
-        <v>914</v>
+        <v>899</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>915</v>
+        <v>900</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>916</v>
+        <v>321</v>
       </c>
       <c r="D272" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E272" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F272" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>917</v>
+        <v>901</v>
       </c>
       <c r="H272" t="s">
-        <v>918</v>
+        <v>902</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>919</v>
+        <v>903</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>920</v>
+        <v>325</v>
       </c>
       <c r="D273" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E273" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F273" t="s">
-        <v>921</v>
+        <v>23</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>922</v>
+        <v>904</v>
       </c>
       <c r="H273" t="s">
-        <v>923</v>
+        <v>905</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>924</v>
+        <v>906</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>925</v>
+        <v>329</v>
       </c>
       <c r="D274" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E274" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F274" t="s">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>926</v>
+        <v>907</v>
       </c>
       <c r="H274" t="s">
-        <v>927</v>
+        <v>908</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>928</v>
+        <v>909</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>929</v>
+        <v>333</v>
       </c>
       <c r="D275" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E275" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F275" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>930</v>
+        <v>910</v>
       </c>
       <c r="H275" t="s">
-        <v>931</v>
+        <v>911</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>932</v>
+        <v>912</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>933</v>
+        <v>337</v>
       </c>
       <c r="D276" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E276" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F276" t="s">
-        <v>46</v>
+        <v>359</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>934</v>
+        <v>913</v>
       </c>
       <c r="H276" t="s">
-        <v>935</v>
+        <v>914</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>936</v>
+        <v>915</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>937</v>
+        <v>341</v>
       </c>
       <c r="D277" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E277" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F277" t="s">
-        <v>121</v>
+        <v>23</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>938</v>
+        <v>916</v>
       </c>
       <c r="H277" t="s">
-        <v>939</v>
+        <v>917</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>940</v>
+        <v>918</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>941</v>
+        <v>345</v>
       </c>
       <c r="D278" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E278" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F278" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>942</v>
+        <v>919</v>
       </c>
       <c r="H278" t="s">
-        <v>943</v>
+        <v>920</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>944</v>
+        <v>921</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>945</v>
+        <v>349</v>
       </c>
       <c r="D279" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E279" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F279" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>946</v>
+        <v>922</v>
       </c>
       <c r="H279" t="s">
-        <v>947</v>
+        <v>923</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>948</v>
+        <v>924</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>949</v>
+        <v>354</v>
       </c>
       <c r="D280" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E280" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F280" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>950</v>
+        <v>925</v>
       </c>
       <c r="H280" t="s">
-        <v>951</v>
+        <v>926</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>952</v>
+        <v>927</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>953</v>
+        <v>358</v>
       </c>
       <c r="D281" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E281" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F281" t="s">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>954</v>
+        <v>928</v>
       </c>
       <c r="H281" t="s">
-        <v>955</v>
+        <v>929</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>956</v>
+        <v>930</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>957</v>
+        <v>363</v>
       </c>
       <c r="D282" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E282" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F282" t="s">
-        <v>128</v>
+        <v>18</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>958</v>
+        <v>931</v>
       </c>
       <c r="H282" t="s">
-        <v>959</v>
+        <v>932</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>960</v>
+        <v>933</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>961</v>
+        <v>367</v>
       </c>
       <c r="D283" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E283" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F283" t="s">
-        <v>128</v>
+        <v>33</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>962</v>
+        <v>934</v>
       </c>
       <c r="H283" t="s">
-        <v>963</v>
+        <v>935</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>965</v>
+        <v>371</v>
       </c>
       <c r="D284" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E284" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F284" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>966</v>
+        <v>937</v>
       </c>
       <c r="H284" t="s">
-        <v>967</v>
+        <v>938</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>968</v>
+        <v>939</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>969</v>
+        <v>376</v>
       </c>
       <c r="D285" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E285" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F285" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>970</v>
+        <v>940</v>
       </c>
       <c r="H285" t="s">
-        <v>971</v>
+        <v>941</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>972</v>
+        <v>942</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>973</v>
+        <v>380</v>
       </c>
       <c r="D286" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E286" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F286" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>974</v>
+        <v>943</v>
       </c>
       <c r="H286" t="s">
-        <v>975</v>
+        <v>944</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>976</v>
+        <v>945</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>977</v>
+        <v>384</v>
       </c>
       <c r="D287" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E287" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F287" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>978</v>
+        <v>946</v>
       </c>
       <c r="H287" t="s">
-        <v>979</v>
+        <v>947</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>980</v>
+        <v>948</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>981</v>
+        <v>949</v>
       </c>
       <c r="D288" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E288" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F288" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>982</v>
+        <v>950</v>
       </c>
       <c r="H288" t="s">
-        <v>983</v>
+        <v>951</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>984</v>
+        <v>952</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>985</v>
+        <v>953</v>
       </c>
       <c r="D289" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E289" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F289" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>986</v>
+        <v>954</v>
       </c>
       <c r="H289" t="s">
-        <v>987</v>
+        <v>955</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>988</v>
+        <v>956</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>989</v>
+        <v>957</v>
       </c>
       <c r="D290" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E290" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F290" t="s">
-        <v>117</v>
+        <v>43</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>990</v>
+        <v>958</v>
       </c>
       <c r="H290" t="s">
-        <v>991</v>
+        <v>955</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>992</v>
+        <v>959</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>993</v>
+        <v>960</v>
       </c>
       <c r="D291" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E291" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F291" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>994</v>
+        <v>961</v>
       </c>
       <c r="H291" t="s">
-        <v>995</v>
+        <v>962</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>996</v>
+        <v>963</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>997</v>
+        <v>964</v>
       </c>
       <c r="D292" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E292" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F292" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>998</v>
+        <v>965</v>
       </c>
       <c r="H292" t="s">
-        <v>999</v>
+        <v>966</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1000</v>
+        <v>967</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1001</v>
+        <v>968</v>
       </c>
       <c r="D293" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E293" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F293" t="s">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1002</v>
+        <v>969</v>
       </c>
       <c r="H293" t="s">
-        <v>1003</v>
+        <v>970</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1004</v>
+        <v>971</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1005</v>
+        <v>972</v>
       </c>
       <c r="D294" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E294" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F294" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1006</v>
+        <v>973</v>
       </c>
       <c r="H294" t="s">
-        <v>1007</v>
+        <v>974</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1008</v>
+        <v>975</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1009</v>
+        <v>976</v>
       </c>
       <c r="D295" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E295" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F295" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1010</v>
+        <v>977</v>
       </c>
       <c r="H295" t="s">
-        <v>1011</v>
+        <v>978</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1012</v>
+        <v>979</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1013</v>
+        <v>980</v>
       </c>
       <c r="D296" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E296" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F296" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1014</v>
+        <v>981</v>
       </c>
       <c r="H296" t="s">
-        <v>1015</v>
+        <v>982</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1016</v>
+        <v>983</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1017</v>
+        <v>984</v>
       </c>
       <c r="D297" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E297" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F297" t="s">
-        <v>121</v>
+        <v>48</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1018</v>
+        <v>985</v>
       </c>
       <c r="H297" t="s">
-        <v>1019</v>
+        <v>986</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1020</v>
+        <v>987</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1021</v>
+        <v>988</v>
       </c>
       <c r="D298" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E298" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F298" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1022</v>
+        <v>989</v>
       </c>
       <c r="H298" t="s">
-        <v>1023</v>
+        <v>990</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1024</v>
+        <v>991</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1025</v>
+        <v>992</v>
       </c>
       <c r="D299" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E299" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F299" t="s">
-        <v>75</v>
+        <v>43</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1026</v>
+        <v>993</v>
       </c>
       <c r="H299" t="s">
-        <v>1027</v>
+        <v>994</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1028</v>
+        <v>995</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1029</v>
+        <v>996</v>
       </c>
       <c r="D300" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E300" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F300" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1030</v>
+        <v>997</v>
       </c>
       <c r="H300" t="s">
-        <v>1031</v>
+        <v>998</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1032</v>
+        <v>999</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1033</v>
+        <v>1000</v>
       </c>
       <c r="D301" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E301" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F301" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1034</v>
+        <v>1001</v>
       </c>
       <c r="H301" t="s">
-        <v>1035</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1036</v>
+        <v>1003</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1037</v>
+        <v>1004</v>
       </c>
       <c r="D302" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E302" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F302" t="s">
-        <v>121</v>
+        <v>1005</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1038</v>
+        <v>1006</v>
       </c>
       <c r="H302" t="s">
-        <v>1039</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1040</v>
+        <v>1008</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1041</v>
+        <v>1009</v>
       </c>
       <c r="D303" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E303" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F303" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1042</v>
+        <v>1010</v>
       </c>
       <c r="H303" t="s">
-        <v>1043</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1044</v>
+        <v>1012</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1045</v>
+        <v>1013</v>
       </c>
       <c r="D304" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E304" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F304" t="s">
-        <v>1046</v>
+        <v>13</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1047</v>
+        <v>1014</v>
       </c>
       <c r="H304" t="s">
-        <v>1048</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1049</v>
+        <v>1016</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1050</v>
+        <v>1017</v>
       </c>
       <c r="D305" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E305" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F305" t="s">
-        <v>921</v>
+        <v>13</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1051</v>
+        <v>1018</v>
       </c>
       <c r="H305" t="s">
-        <v>1052</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1053</v>
+        <v>1020</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1054</v>
+        <v>1021</v>
       </c>
       <c r="D306" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E306" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F306" t="s">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1055</v>
+        <v>1022</v>
       </c>
       <c r="H306" t="s">
-        <v>1056</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1057</v>
+        <v>1024</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1058</v>
+        <v>1025</v>
       </c>
       <c r="D307" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E307" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F307" t="s">
-        <v>121</v>
+        <v>23</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1059</v>
+        <v>1026</v>
       </c>
       <c r="H307" t="s">
-        <v>1060</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1061</v>
+        <v>1028</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1062</v>
+        <v>1029</v>
       </c>
       <c r="D308" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E308" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F308" t="s">
-        <v>121</v>
+        <v>23</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1063</v>
+        <v>1030</v>
       </c>
       <c r="H308" t="s">
-        <v>1064</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1065</v>
+        <v>1032</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1066</v>
+        <v>1033</v>
       </c>
       <c r="D309" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E309" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F309" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1067</v>
+        <v>1034</v>
       </c>
       <c r="H309" t="s">
-        <v>1068</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1069</v>
+        <v>1036</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1070</v>
+        <v>1037</v>
       </c>
       <c r="D310" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E310" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F310" t="s">
-        <v>117</v>
+        <v>43</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1071</v>
+        <v>1038</v>
       </c>
       <c r="H310" t="s">
-        <v>1072</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1073</v>
+        <v>1040</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1074</v>
+        <v>1041</v>
       </c>
       <c r="D311" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E311" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F311" t="s">
-        <v>117</v>
+        <v>48</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1075</v>
+        <v>1042</v>
       </c>
       <c r="H311" t="s">
-        <v>1076</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1077</v>
+        <v>1044</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1078</v>
+        <v>1045</v>
       </c>
       <c r="D312" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E312" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F312" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1079</v>
+        <v>1046</v>
       </c>
       <c r="H312" t="s">
-        <v>1080</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1081</v>
+        <v>1048</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1082</v>
+        <v>1049</v>
       </c>
       <c r="D313" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E313" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F313" t="s">
-        <v>121</v>
+        <v>23</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1083</v>
+        <v>1050</v>
       </c>
       <c r="H313" t="s">
-        <v>1084</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1085</v>
+        <v>1052</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1086</v>
+        <v>1053</v>
       </c>
       <c r="D314" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E314" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F314" t="s">
-        <v>121</v>
+        <v>23</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1087</v>
+        <v>1054</v>
       </c>
       <c r="H314" t="s">
-        <v>1088</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1089</v>
+        <v>1056</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1090</v>
+        <v>1057</v>
       </c>
       <c r="D315" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E315" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F315" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1091</v>
+        <v>1058</v>
       </c>
       <c r="H315" t="s">
-        <v>1092</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1093</v>
+        <v>1060</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1094</v>
+        <v>1061</v>
       </c>
       <c r="D316" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E316" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F316" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1095</v>
+        <v>1062</v>
       </c>
       <c r="H316" t="s">
-        <v>1096</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1097</v>
+        <v>1064</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1098</v>
+        <v>1065</v>
       </c>
       <c r="D317" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E317" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F317" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1099</v>
+        <v>1066</v>
       </c>
       <c r="H317" t="s">
-        <v>1100</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1101</v>
+        <v>1068</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1102</v>
+        <v>1069</v>
       </c>
       <c r="D318" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E318" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F318" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>18</v>
+        <v>1070</v>
       </c>
       <c r="H318" t="s">
-        <v>1103</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1104</v>
+        <v>1072</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1105</v>
+        <v>1073</v>
       </c>
       <c r="D319" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E319" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F319" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1106</v>
+        <v>1074</v>
       </c>
       <c r="H319" t="s">
-        <v>1107</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1108</v>
+        <v>1076</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1109</v>
+        <v>1077</v>
       </c>
       <c r="D320" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E320" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F320" t="s">
-        <v>121</v>
+        <v>23</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1110</v>
+        <v>1078</v>
       </c>
       <c r="H320" t="s">
-        <v>1111</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1112</v>
+        <v>1080</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1113</v>
+        <v>1081</v>
       </c>
       <c r="D321" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E321" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F321" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1114</v>
+        <v>1082</v>
       </c>
       <c r="H321" t="s">
-        <v>1115</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1116</v>
+        <v>1084</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1117</v>
+        <v>1085</v>
       </c>
       <c r="D322" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E322" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F322" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1118</v>
+        <v>1086</v>
       </c>
       <c r="H322" t="s">
-        <v>1119</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1120</v>
+        <v>1088</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1121</v>
+        <v>1089</v>
       </c>
       <c r="D323" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E323" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F323" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1122</v>
+        <v>1090</v>
       </c>
       <c r="H323" t="s">
-        <v>1123</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1124</v>
+        <v>1092</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1125</v>
+        <v>1093</v>
       </c>
       <c r="D324" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E324" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F324" t="s">
-        <v>128</v>
+        <v>33</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1126</v>
+        <v>1094</v>
       </c>
       <c r="H324" t="s">
-        <v>1127</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1128</v>
+        <v>1096</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1129</v>
+        <v>1097</v>
       </c>
       <c r="D325" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E325" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F325" t="s">
-        <v>128</v>
+        <v>33</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1130</v>
+        <v>1098</v>
       </c>
       <c r="H325" t="s">
-        <v>1131</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1132</v>
+        <v>1100</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1133</v>
+        <v>1101</v>
       </c>
       <c r="D326" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E326" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F326" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1134</v>
+        <v>1102</v>
       </c>
       <c r="H326" t="s">
-        <v>1135</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1136</v>
+        <v>1104</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1137</v>
+        <v>1105</v>
       </c>
       <c r="D327" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E327" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F327" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1138</v>
+        <v>1106</v>
       </c>
       <c r="H327" t="s">
-        <v>1139</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1140</v>
+        <v>1108</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1141</v>
+        <v>1109</v>
       </c>
       <c r="D328" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E328" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F328" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1142</v>
+        <v>1110</v>
       </c>
       <c r="H328" t="s">
-        <v>1143</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1144</v>
+        <v>1112</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1145</v>
+        <v>1113</v>
       </c>
       <c r="D329" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E329" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F329" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1146</v>
+        <v>1114</v>
       </c>
       <c r="H329" t="s">
-        <v>1147</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1148</v>
+        <v>1116</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1149</v>
+        <v>1117</v>
       </c>
       <c r="D330" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E330" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F330" t="s">
-        <v>121</v>
+        <v>23</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1150</v>
+        <v>1118</v>
       </c>
       <c r="H330" t="s">
-        <v>1151</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1152</v>
+        <v>1120</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1153</v>
+        <v>1121</v>
       </c>
       <c r="D331" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E331" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F331" t="s">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1154</v>
+        <v>1122</v>
       </c>
       <c r="H331" t="s">
-        <v>1155</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1156</v>
+        <v>1124</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1157</v>
+        <v>1125</v>
       </c>
       <c r="D332" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E332" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F332" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1158</v>
+        <v>1126</v>
       </c>
       <c r="H332" t="s">
-        <v>1159</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1160</v>
+        <v>1128</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1161</v>
+        <v>1129</v>
       </c>
       <c r="D333" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E333" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F333" t="s">
-        <v>46</v>
+        <v>1130</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1162</v>
+        <v>1131</v>
       </c>
       <c r="H333" t="s">
-        <v>1163</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1164</v>
+        <v>1133</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1165</v>
+        <v>1134</v>
       </c>
       <c r="D334" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E334" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F334" t="s">
-        <v>1166</v>
+        <v>1005</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1167</v>
+        <v>1135</v>
       </c>
       <c r="H334" t="s">
-        <v>1168</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1169</v>
+        <v>1137</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1170</v>
+        <v>1138</v>
       </c>
       <c r="D335" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E335" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F335" t="s">
-        <v>132</v>
+        <v>43</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1171</v>
+        <v>1139</v>
       </c>
       <c r="H335" t="s">
-        <v>1172</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1173</v>
+        <v>1141</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1174</v>
+        <v>1142</v>
       </c>
       <c r="D336" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E336" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F336" t="s">
-        <v>132</v>
+        <v>23</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1175</v>
+        <v>1143</v>
       </c>
       <c r="H336" t="s">
-        <v>1176</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1177</v>
+        <v>1145</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1178</v>
+        <v>1146</v>
       </c>
       <c r="D337" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E337" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F337" t="s">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1179</v>
+        <v>1147</v>
       </c>
       <c r="H337" t="s">
-        <v>1180</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1181</v>
+        <v>1149</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1182</v>
+        <v>1150</v>
       </c>
       <c r="D338" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E338" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F338" t="s">
-        <v>1046</v>
+        <v>13</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1183</v>
+        <v>1151</v>
       </c>
       <c r="H338" t="s">
-        <v>1184</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1185</v>
+        <v>1153</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1186</v>
+        <v>1154</v>
       </c>
       <c r="D339" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E339" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F339" t="s">
-        <v>1046</v>
+        <v>38</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1187</v>
+        <v>1155</v>
       </c>
       <c r="H339" t="s">
-        <v>1188</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1189</v>
+        <v>1157</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1190</v>
+        <v>1158</v>
       </c>
       <c r="D340" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E340" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F340" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1191</v>
+        <v>1159</v>
       </c>
       <c r="H340" t="s">
-        <v>1192</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1193</v>
+        <v>1161</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1194</v>
+        <v>1162</v>
       </c>
       <c r="D341" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E341" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F341" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1195</v>
+        <v>1163</v>
       </c>
       <c r="H341" t="s">
-        <v>1196</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1197</v>
+        <v>1165</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1198</v>
+        <v>1166</v>
       </c>
       <c r="D342" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E342" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F342" t="s">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1199</v>
+        <v>1167</v>
       </c>
       <c r="H342" t="s">
-        <v>1200</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1201</v>
+        <v>1169</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1202</v>
+        <v>1170</v>
       </c>
       <c r="D343" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E343" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F343" t="s">
-        <v>1203</v>
+        <v>23</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1204</v>
+        <v>1171</v>
       </c>
       <c r="H343" t="s">
-        <v>1205</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1206</v>
+        <v>1173</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1207</v>
+        <v>1174</v>
       </c>
       <c r="D344" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E344" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F344" t="s">
-        <v>1046</v>
+        <v>43</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1208</v>
+        <v>1175</v>
       </c>
       <c r="H344" t="s">
-        <v>1209</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1210</v>
+        <v>1177</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1211</v>
+        <v>1178</v>
       </c>
       <c r="D345" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E345" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F345" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1212</v>
+        <v>1179</v>
       </c>
       <c r="H345" t="s">
-        <v>1213</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1214</v>
+        <v>1181</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1215</v>
+        <v>1182</v>
       </c>
       <c r="D346" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E346" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F346" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1216</v>
+        <v>1183</v>
       </c>
       <c r="H346" t="s">
-        <v>1217</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1218</v>
+        <v>1185</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1219</v>
+        <v>1186</v>
       </c>
       <c r="D347" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E347" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F347" t="s">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1220</v>
+        <v>63</v>
       </c>
       <c r="H347" t="s">
-        <v>1221</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1222</v>
+        <v>1188</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1223</v>
+        <v>1189</v>
       </c>
       <c r="D348" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E348" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F348" t="s">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1224</v>
+        <v>1190</v>
       </c>
       <c r="H348" t="s">
-        <v>1225</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1226</v>
+        <v>1192</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1227</v>
+        <v>1193</v>
       </c>
       <c r="D349" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E349" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F349" t="s">
-        <v>121</v>
+        <v>23</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1228</v>
+        <v>1194</v>
       </c>
       <c r="H349" t="s">
-        <v>1229</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1230</v>
+        <v>1196</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1231</v>
+        <v>1197</v>
       </c>
       <c r="D350" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E350" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F350" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1232</v>
+        <v>1198</v>
       </c>
       <c r="H350" t="s">
-        <v>1233</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1234</v>
+        <v>1200</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1235</v>
+        <v>1201</v>
       </c>
       <c r="D351" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E351" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F351" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1236</v>
+        <v>1202</v>
       </c>
       <c r="H351" t="s">
-        <v>1237</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1238</v>
+        <v>1204</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1239</v>
+        <v>1205</v>
       </c>
       <c r="D352" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E352" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F352" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1240</v>
+        <v>1206</v>
       </c>
       <c r="H352" t="s">
-        <v>1241</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1242</v>
+        <v>1208</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1243</v>
+        <v>1209</v>
       </c>
       <c r="D353" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E353" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F353" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1244</v>
+        <v>1210</v>
       </c>
       <c r="H353" t="s">
-        <v>1245</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1246</v>
+        <v>1212</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1247</v>
+        <v>1213</v>
       </c>
       <c r="D354" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E354" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F354" t="s">
-        <v>121</v>
+        <v>48</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1248</v>
+        <v>1214</v>
       </c>
       <c r="H354" t="s">
-        <v>1249</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1250</v>
+        <v>1216</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1251</v>
+        <v>1217</v>
       </c>
       <c r="D355" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E355" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F355" t="s">
-        <v>121</v>
+        <v>48</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1252</v>
+        <v>1218</v>
       </c>
       <c r="H355" t="s">
-        <v>1253</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1254</v>
+        <v>1220</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1255</v>
+        <v>1221</v>
       </c>
       <c r="D356" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E356" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F356" t="s">
-        <v>121</v>
+        <v>48</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1256</v>
+        <v>1222</v>
       </c>
       <c r="H356" t="s">
-        <v>1257</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1258</v>
+        <v>1224</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1259</v>
+        <v>1225</v>
       </c>
       <c r="D357" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E357" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F357" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1260</v>
+        <v>1226</v>
       </c>
       <c r="H357" t="s">
-        <v>1261</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1262</v>
+        <v>1228</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1263</v>
+        <v>1229</v>
       </c>
       <c r="D358" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E358" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F358" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1264</v>
+        <v>1230</v>
       </c>
       <c r="H358" t="s">
-        <v>1265</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1266</v>
+        <v>1232</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1267</v>
+        <v>1233</v>
       </c>
       <c r="D359" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E359" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F359" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1268</v>
+        <v>1234</v>
       </c>
       <c r="H359" t="s">
-        <v>1269</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1270</v>
+        <v>1236</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1271</v>
+        <v>1237</v>
       </c>
       <c r="D360" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E360" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F360" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1272</v>
+        <v>1238</v>
       </c>
       <c r="H360" t="s">
-        <v>1273</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1274</v>
+        <v>1240</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1275</v>
+        <v>1241</v>
       </c>
       <c r="D361" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E361" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F361" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1276</v>
+        <v>1242</v>
       </c>
       <c r="H361" t="s">
-        <v>1277</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1278</v>
+        <v>1244</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1279</v>
+        <v>1245</v>
       </c>
       <c r="D362" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E362" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F362" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1280</v>
+        <v>1246</v>
       </c>
       <c r="H362" t="s">
-        <v>1281</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1282</v>
+        <v>1248</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1283</v>
+        <v>1249</v>
       </c>
       <c r="D363" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E363" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F363" t="s">
-        <v>121</v>
+        <v>1250</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1284</v>
+        <v>1251</v>
       </c>
       <c r="H363" t="s">
-        <v>1285</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1286</v>
+        <v>1253</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1287</v>
+        <v>1254</v>
       </c>
       <c r="D364" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E364" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F364" t="s">
-        <v>921</v>
+        <v>28</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1288</v>
+        <v>1255</v>
       </c>
       <c r="H364" t="s">
-        <v>1289</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1290</v>
+        <v>1257</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1291</v>
+        <v>1258</v>
       </c>
       <c r="D365" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E365" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F365" t="s">
-        <v>128</v>
+        <v>28</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1292</v>
+        <v>1259</v>
       </c>
       <c r="H365" t="s">
-        <v>1293</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1294</v>
+        <v>1261</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1295</v>
+        <v>1262</v>
       </c>
       <c r="D366" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E366" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F366" t="s">
-        <v>128</v>
+        <v>38</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1296</v>
+        <v>1263</v>
       </c>
       <c r="H366" t="s">
-        <v>1297</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1298</v>
+        <v>1265</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1299</v>
+        <v>1266</v>
       </c>
       <c r="D367" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E367" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F367" t="s">
-        <v>128</v>
+        <v>1130</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1300</v>
+        <v>1267</v>
       </c>
       <c r="H367" t="s">
-        <v>1301</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1302</v>
+        <v>1269</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1303</v>
+        <v>1270</v>
       </c>
       <c r="D368" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E368" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F368" t="s">
-        <v>128</v>
+        <v>1130</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1304</v>
+        <v>1271</v>
       </c>
       <c r="H368" t="s">
-        <v>1305</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1306</v>
+        <v>1273</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1307</v>
+        <v>1274</v>
       </c>
       <c r="D369" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E369" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F369" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1308</v>
+        <v>1275</v>
       </c>
       <c r="H369" t="s">
-        <v>1309</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1310</v>
+        <v>1277</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1311</v>
+        <v>1278</v>
       </c>
       <c r="D370" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E370" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F370" t="s">
-        <v>117</v>
+        <v>18</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1312</v>
+        <v>1279</v>
       </c>
       <c r="H370" t="s">
-        <v>1313</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1314</v>
+        <v>1281</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1315</v>
+        <v>1282</v>
       </c>
       <c r="D371" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E371" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F371" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1316</v>
+        <v>1283</v>
       </c>
       <c r="H371" t="s">
-        <v>906</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1317</v>
+        <v>1285</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1318</v>
+        <v>1286</v>
       </c>
       <c r="D372" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E372" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F372" t="s">
-        <v>128</v>
+        <v>1287</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1319</v>
+        <v>1288</v>
       </c>
       <c r="H372" t="s">
-        <v>1320</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1321</v>
+        <v>1290</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1322</v>
+        <v>1291</v>
       </c>
       <c r="D373" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E373" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F373" t="s">
-        <v>46</v>
+        <v>1130</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1323</v>
+        <v>1292</v>
       </c>
       <c r="H373" t="s">
-        <v>1324</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1325</v>
+        <v>1294</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1326</v>
+        <v>1295</v>
       </c>
       <c r="D374" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E374" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F374" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1327</v>
+        <v>1296</v>
       </c>
       <c r="H374" t="s">
-        <v>1328</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1329</v>
+        <v>1298</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1330</v>
+        <v>1299</v>
       </c>
       <c r="D375" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E375" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F375" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1331</v>
+        <v>1300</v>
       </c>
       <c r="H375" t="s">
-        <v>1332</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1333</v>
+        <v>1302</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1334</v>
+        <v>1303</v>
       </c>
       <c r="D376" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E376" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F376" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1335</v>
+        <v>1304</v>
       </c>
       <c r="H376" t="s">
-        <v>951</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1336</v>
+        <v>1306</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1337</v>
+        <v>1307</v>
       </c>
       <c r="D377" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E377" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F377" t="s">
-        <v>1046</v>
+        <v>38</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1338</v>
+        <v>1308</v>
       </c>
       <c r="H377" t="s">
-        <v>1339</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1340</v>
+        <v>1310</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1341</v>
+        <v>1311</v>
       </c>
       <c r="D378" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E378" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F378" t="s">
-        <v>1046</v>
+        <v>23</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1342</v>
+        <v>1312</v>
       </c>
       <c r="H378" t="s">
-        <v>1343</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1344</v>
+        <v>1314</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1345</v>
+        <v>1315</v>
       </c>
       <c r="D379" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E379" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F379" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1346</v>
+        <v>1316</v>
       </c>
       <c r="H379" t="s">
-        <v>1347</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1348</v>
+        <v>1318</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1349</v>
+        <v>1319</v>
       </c>
       <c r="D380" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E380" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F380" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1350</v>
+        <v>1320</v>
       </c>
       <c r="H380" t="s">
-        <v>1351</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1352</v>
+        <v>1322</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1353</v>
+        <v>1323</v>
       </c>
       <c r="D381" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E381" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F381" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1354</v>
+        <v>1324</v>
       </c>
       <c r="H381" t="s">
-        <v>1355</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1356</v>
+        <v>1326</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1357</v>
+        <v>1327</v>
       </c>
       <c r="D382" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E382" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F382" t="s">
-        <v>132</v>
+        <v>13</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1358</v>
+        <v>1328</v>
       </c>
       <c r="H382" t="s">
-        <v>1359</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1360</v>
+        <v>1330</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1361</v>
+        <v>1331</v>
       </c>
       <c r="D383" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E383" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F383" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1362</v>
+        <v>1332</v>
       </c>
       <c r="H383" t="s">
-        <v>1363</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1364</v>
+        <v>1334</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1365</v>
+        <v>1335</v>
       </c>
       <c r="D384" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E384" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F384" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1366</v>
+        <v>1336</v>
       </c>
       <c r="H384" t="s">
-        <v>910</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1367</v>
+        <v>1338</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1368</v>
+        <v>1339</v>
       </c>
       <c r="D385" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E385" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F385" t="s">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1369</v>
+        <v>1340</v>
       </c>
       <c r="H385" t="s">
-        <v>1370</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1371</v>
+        <v>1342</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1372</v>
+        <v>1343</v>
       </c>
       <c r="D386" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E386" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F386" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1373</v>
+        <v>1344</v>
       </c>
       <c r="H386" t="s">
-        <v>1374</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1375</v>
+        <v>1346</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1376</v>
+        <v>1347</v>
       </c>
       <c r="D387" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E387" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F387" t="s">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1377</v>
+        <v>1348</v>
       </c>
       <c r="H387" t="s">
-        <v>1378</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1379</v>
+        <v>1350</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1380</v>
+        <v>1351</v>
       </c>
       <c r="D388" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E388" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F388" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1381</v>
+        <v>1352</v>
       </c>
       <c r="H388" t="s">
-        <v>1382</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1383</v>
+        <v>1354</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1384</v>
+        <v>1355</v>
       </c>
       <c r="D389" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E389" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F389" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1385</v>
+        <v>1356</v>
       </c>
       <c r="H389" t="s">
-        <v>1386</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1387</v>
+        <v>1358</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1388</v>
+        <v>1359</v>
       </c>
       <c r="D390" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E390" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F390" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1389</v>
+        <v>1360</v>
       </c>
       <c r="H390" t="s">
-        <v>1390</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1391</v>
+        <v>1362</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1392</v>
+        <v>1363</v>
       </c>
       <c r="D391" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E391" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F391" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1393</v>
+        <v>1364</v>
       </c>
       <c r="H391" t="s">
-        <v>804</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1394</v>
+        <v>1366</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1395</v>
+        <v>1367</v>
       </c>
       <c r="D392" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E392" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F392" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1396</v>
+        <v>1368</v>
       </c>
       <c r="H392" t="s">
-        <v>1397</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1398</v>
+        <v>1370</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1399</v>
+        <v>1371</v>
       </c>
       <c r="D393" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E393" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F393" t="s">
-        <v>121</v>
+        <v>1005</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1400</v>
+        <v>1372</v>
       </c>
       <c r="H393" t="s">
-        <v>1401</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1402</v>
+        <v>1374</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>1403</v>
+        <v>1375</v>
       </c>
       <c r="D394" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E394" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F394" t="s">
-        <v>121</v>
+        <v>48</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1404</v>
+        <v>1376</v>
       </c>
       <c r="H394" t="s">
-        <v>1405</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1406</v>
+        <v>1378</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1407</v>
+        <v>1379</v>
       </c>
       <c r="D395" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E395" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F395" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1408</v>
+        <v>1380</v>
       </c>
       <c r="H395" t="s">
-        <v>1409</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1410</v>
+        <v>1382</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>1411</v>
+        <v>1383</v>
       </c>
       <c r="D396" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E396" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F396" t="s">
-        <v>1412</v>
+        <v>48</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1413</v>
+        <v>1384</v>
       </c>
       <c r="H396" t="s">
-        <v>1414</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1415</v>
+        <v>1386</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1416</v>
+        <v>1387</v>
       </c>
       <c r="D397" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E397" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F397" t="s">
-        <v>132</v>
+        <v>48</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1417</v>
+        <v>1388</v>
       </c>
       <c r="H397" t="s">
-        <v>1418</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1419</v>
+        <v>1390</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1420</v>
+        <v>1391</v>
       </c>
       <c r="D398" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E398" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F398" t="s">
-        <v>117</v>
+        <v>33</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1421</v>
+        <v>1392</v>
       </c>
       <c r="H398" t="s">
-        <v>1422</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1423</v>
+        <v>1394</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1424</v>
+        <v>1395</v>
       </c>
       <c r="D399" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E399" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F399" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1425</v>
+        <v>1396</v>
       </c>
       <c r="H399" t="s">
-        <v>1426</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1427</v>
+        <v>1398</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1428</v>
+        <v>1399</v>
       </c>
       <c r="D400" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E400" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F400" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1429</v>
+        <v>1400</v>
       </c>
       <c r="H400" t="s">
-        <v>1430</v>
+        <v>990</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1431</v>
+        <v>1401</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1432</v>
+        <v>1402</v>
       </c>
       <c r="D401" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E401" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F401" t="s">
-        <v>132</v>
+        <v>48</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1433</v>
+        <v>1403</v>
       </c>
       <c r="H401" t="s">
-        <v>1434</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1435</v>
+        <v>1405</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1436</v>
+        <v>1406</v>
       </c>
       <c r="D402" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E402" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F402" t="s">
-        <v>132</v>
+        <v>13</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1437</v>
+        <v>1407</v>
       </c>
       <c r="H402" t="s">
-        <v>1438</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1439</v>
+        <v>1409</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1440</v>
+        <v>1410</v>
       </c>
       <c r="D403" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E403" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F403" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1441</v>
+        <v>1411</v>
       </c>
       <c r="H403" t="s">
-        <v>1442</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1443</v>
+        <v>1413</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1444</v>
+        <v>1414</v>
       </c>
       <c r="D404" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E404" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F404" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1445</v>
+        <v>1415</v>
       </c>
       <c r="H404" t="s">
-        <v>1446</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1447</v>
+        <v>1417</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1448</v>
+        <v>1418</v>
       </c>
       <c r="D405" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E405" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F405" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1449</v>
+        <v>1419</v>
       </c>
       <c r="H405" t="s">
-        <v>1450</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1451</v>
+        <v>1420</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1452</v>
+        <v>1421</v>
       </c>
       <c r="D406" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E406" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F406" t="s">
-        <v>117</v>
+        <v>1130</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1453</v>
+        <v>1422</v>
       </c>
       <c r="H406" t="s">
-        <v>1454</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1455</v>
+        <v>1424</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1456</v>
+        <v>1425</v>
       </c>
       <c r="D407" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E407" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F407" t="s">
-        <v>128</v>
+        <v>1130</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1457</v>
+        <v>1426</v>
       </c>
       <c r="H407" t="s">
-        <v>1458</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1459</v>
+        <v>1428</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1460</v>
+        <v>1429</v>
       </c>
       <c r="D408" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E408" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F408" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1461</v>
+        <v>1430</v>
       </c>
       <c r="H408" t="s">
-        <v>1462</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1463</v>
+        <v>1432</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1464</v>
+        <v>1433</v>
       </c>
       <c r="D409" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E409" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F409" t="s">
-        <v>121</v>
+        <v>18</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1465</v>
+        <v>1434</v>
       </c>
       <c r="H409" t="s">
-        <v>1466</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1467</v>
+        <v>1436</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1468</v>
+        <v>1437</v>
       </c>
       <c r="D410" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E410" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F410" t="s">
-        <v>1046</v>
+        <v>28</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1469</v>
+        <v>1438</v>
       </c>
       <c r="H410" t="s">
-        <v>1470</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1471</v>
+        <v>1440</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1472</v>
+        <v>1441</v>
       </c>
       <c r="D411" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E411" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F411" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1473</v>
+        <v>1442</v>
       </c>
       <c r="H411" t="s">
-        <v>1474</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1475</v>
+        <v>1444</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1476</v>
+        <v>1445</v>
       </c>
       <c r="D412" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E412" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F412" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1477</v>
+        <v>1446</v>
       </c>
       <c r="H412" t="s">
-        <v>1478</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1479</v>
+        <v>1448</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1480</v>
+        <v>1449</v>
       </c>
       <c r="D413" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E413" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F413" t="s">
-        <v>117</v>
+        <v>48</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1481</v>
+        <v>1450</v>
       </c>
       <c r="H413" t="s">
-        <v>1482</v>
+        <v>994</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1483</v>
+        <v>1451</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1484</v>
+        <v>1452</v>
       </c>
       <c r="D414" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E414" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F414" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1485</v>
+        <v>1453</v>
       </c>
       <c r="H414" t="s">
-        <v>1486</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1487</v>
+        <v>1455</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1488</v>
+        <v>1456</v>
       </c>
       <c r="D415" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E415" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F415" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1489</v>
+        <v>1457</v>
       </c>
       <c r="H415" t="s">
-        <v>1490</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1491</v>
+        <v>1459</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1492</v>
+        <v>1460</v>
       </c>
       <c r="D416" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E416" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F416" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1493</v>
+        <v>1461</v>
       </c>
       <c r="H416" t="s">
-        <v>1494</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1495</v>
+        <v>1463</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1496</v>
+        <v>1464</v>
       </c>
       <c r="D417" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E417" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F417" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1497</v>
+        <v>1465</v>
       </c>
       <c r="H417" t="s">
-        <v>1498</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1499</v>
+        <v>1467</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1500</v>
+        <v>1468</v>
       </c>
       <c r="D418" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E418" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F418" t="s">
-        <v>117</v>
+        <v>13</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1501</v>
+        <v>1469</v>
       </c>
       <c r="H418" t="s">
-        <v>1502</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1503</v>
+        <v>1471</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>1504</v>
+        <v>1472</v>
       </c>
       <c r="D419" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E419" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F419" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1505</v>
+        <v>1473</v>
       </c>
       <c r="H419" t="s">
-        <v>1506</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1507</v>
+        <v>1475</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1508</v>
+        <v>1476</v>
       </c>
       <c r="D420" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E420" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F420" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1509</v>
+        <v>1477</v>
       </c>
       <c r="H420" t="s">
-        <v>1510</v>
+        <v>890</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1511</v>
+        <v>1478</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>1512</v>
+        <v>1479</v>
       </c>
       <c r="D421" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E421" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F421" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1513</v>
+        <v>1480</v>
       </c>
       <c r="H421" t="s">
-        <v>1514</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1515</v>
+        <v>1482</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1516</v>
+        <v>1483</v>
       </c>
       <c r="D422" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E422" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F422" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1517</v>
+        <v>1484</v>
       </c>
       <c r="H422" t="s">
-        <v>1518</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1519</v>
+        <v>1486</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>1520</v>
+        <v>1487</v>
       </c>
       <c r="D423" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E423" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F423" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1521</v>
+        <v>1488</v>
       </c>
       <c r="H423" t="s">
-        <v>1522</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1523</v>
+        <v>1490</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>1524</v>
+        <v>1491</v>
       </c>
       <c r="D424" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E424" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F424" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1525</v>
+        <v>1492</v>
       </c>
       <c r="H424" t="s">
-        <v>1526</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1527</v>
+        <v>1494</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1528</v>
+        <v>1495</v>
       </c>
       <c r="D425" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E425" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F425" t="s">
-        <v>31</v>
+        <v>1496</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1529</v>
+        <v>1497</v>
       </c>
       <c r="H425" t="s">
-        <v>1530</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1531</v>
+        <v>1499</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>1532</v>
+        <v>1500</v>
       </c>
       <c r="D426" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E426" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F426" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1533</v>
+        <v>1501</v>
       </c>
       <c r="H426" t="s">
-        <v>1534</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1535</v>
+        <v>1503</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1536</v>
+        <v>1504</v>
       </c>
       <c r="D427" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E427" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F427" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1537</v>
+        <v>1505</v>
       </c>
       <c r="H427" t="s">
-        <v>1538</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1539</v>
+        <v>1507</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1540</v>
+        <v>1508</v>
       </c>
       <c r="D428" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E428" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F428" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1541</v>
+        <v>1509</v>
       </c>
       <c r="H428" t="s">
-        <v>1542</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1543</v>
+        <v>1511</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>1544</v>
+        <v>1512</v>
       </c>
       <c r="D429" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E429" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F429" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1545</v>
+        <v>1513</v>
       </c>
       <c r="H429" t="s">
-        <v>1546</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1547</v>
+        <v>1515</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1548</v>
+        <v>1516</v>
       </c>
       <c r="D430" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E430" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F430" t="s">
-        <v>128</v>
+        <v>28</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1549</v>
+        <v>1517</v>
       </c>
       <c r="H430" t="s">
-        <v>1550</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1551</v>
+        <v>1519</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>1552</v>
+        <v>1520</v>
       </c>
       <c r="D431" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E431" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F431" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1553</v>
+        <v>1521</v>
       </c>
       <c r="H431" t="s">
-        <v>1554</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1555</v>
+        <v>1523</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1556</v>
+        <v>1524</v>
       </c>
       <c r="D432" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E432" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F432" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1557</v>
+        <v>1525</v>
       </c>
       <c r="H432" t="s">
-        <v>1558</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1559</v>
+        <v>1527</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1560</v>
+        <v>1528</v>
       </c>
       <c r="D433" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E433" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F433" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1561</v>
+        <v>1529</v>
       </c>
       <c r="H433" t="s">
-        <v>1562</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1563</v>
+        <v>1531</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>1564</v>
+        <v>1532</v>
       </c>
       <c r="D434" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E434" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F434" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1565</v>
+        <v>1533</v>
       </c>
       <c r="H434" t="s">
-        <v>1566</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1567</v>
+        <v>1535</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>1568</v>
+        <v>1536</v>
       </c>
       <c r="D435" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E435" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F435" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1569</v>
+        <v>1537</v>
       </c>
       <c r="H435" t="s">
-        <v>1570</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1571</v>
+        <v>1539</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1572</v>
+        <v>1540</v>
       </c>
       <c r="D436" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E436" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F436" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1573</v>
+        <v>1541</v>
       </c>
       <c r="H436" t="s">
-        <v>1574</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1575</v>
+        <v>1543</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>1576</v>
+        <v>1544</v>
       </c>
       <c r="D437" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E437" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F437" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1577</v>
+        <v>1545</v>
       </c>
       <c r="H437" t="s">
-        <v>1578</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1579</v>
+        <v>1547</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1580</v>
+        <v>1548</v>
       </c>
       <c r="D438" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E438" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F438" t="s">
-        <v>132</v>
+        <v>23</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1581</v>
+        <v>1549</v>
       </c>
       <c r="H438" t="s">
-        <v>1582</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1583</v>
+        <v>1551</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1584</v>
+        <v>1552</v>
       </c>
       <c r="D439" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E439" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F439" t="s">
-        <v>35</v>
+        <v>1130</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1585</v>
+        <v>1553</v>
       </c>
       <c r="H439" t="s">
-        <v>1586</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1587</v>
+        <v>1555</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>1588</v>
+        <v>1556</v>
       </c>
       <c r="D440" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E440" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F440" t="s">
-        <v>121</v>
+        <v>18</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1589</v>
+        <v>1557</v>
       </c>
       <c r="H440" t="s">
-        <v>1590</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1591</v>
+        <v>1559</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1592</v>
+        <v>1560</v>
       </c>
       <c r="D441" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E441" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F441" t="s">
-        <v>121</v>
+        <v>18</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1593</v>
+        <v>1561</v>
       </c>
       <c r="H441" t="s">
-        <v>1594</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1595</v>
+        <v>1563</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>1596</v>
+        <v>1564</v>
       </c>
       <c r="D442" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E442" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F442" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1597</v>
+        <v>1565</v>
       </c>
       <c r="H442" t="s">
-        <v>1598</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1599</v>
+        <v>1567</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>1600</v>
+        <v>1568</v>
       </c>
       <c r="D443" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E443" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F443" t="s">
-        <v>121</v>
+        <v>23</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1601</v>
+        <v>1569</v>
       </c>
       <c r="H443" t="s">
-        <v>1602</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1603</v>
+        <v>1571</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>1604</v>
+        <v>1572</v>
       </c>
       <c r="D444" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E444" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F444" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1605</v>
+        <v>1573</v>
       </c>
       <c r="H444" t="s">
-        <v>1606</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1607</v>
+        <v>1575</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1608</v>
+        <v>1576</v>
       </c>
       <c r="D445" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E445" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F445" t="s">
-        <v>161</v>
+        <v>18</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1609</v>
+        <v>1577</v>
       </c>
       <c r="H445" t="s">
-        <v>1610</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1611</v>
+        <v>1579</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1612</v>
+        <v>1580</v>
       </c>
       <c r="D446" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E446" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F446" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1613</v>
+        <v>1581</v>
       </c>
       <c r="H446" t="s">
-        <v>1614</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1615</v>
+        <v>1583</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>1616</v>
+        <v>1584</v>
       </c>
       <c r="D447" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E447" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F447" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1617</v>
+        <v>1585</v>
       </c>
       <c r="H447" t="s">
-        <v>1618</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1619</v>
+        <v>1587</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>1620</v>
+        <v>1588</v>
       </c>
       <c r="D448" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E448" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F448" t="s">
-        <v>121</v>
+        <v>23</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1621</v>
+        <v>1589</v>
       </c>
       <c r="H448" t="s">
-        <v>1622</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1623</v>
+        <v>1591</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>1624</v>
+        <v>1592</v>
       </c>
       <c r="D449" t="s">
-        <v>676</v>
+        <v>762</v>
       </c>
       <c r="E449" t="s">
-        <v>677</v>
+        <v>763</v>
       </c>
       <c r="F449" t="s">
-        <v>75</v>
+        <v>28</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1625</v>
+        <v>1593</v>
       </c>
       <c r="H449" t="s">
-        <v>1626</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1627</v>
+        <v>1595</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>10</v>
+        <v>1596</v>
       </c>
       <c r="D450" t="s">
-        <v>1628</v>
+        <v>762</v>
       </c>
       <c r="E450" t="s">
-        <v>1629</v>
+        <v>763</v>
       </c>
       <c r="F450" t="s">
-        <v>1630</v>
+        <v>23</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1631</v>
+        <v>1597</v>
       </c>
       <c r="H450" t="s">
-        <v>1632</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1633</v>
+        <v>1599</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>17</v>
+        <v>1600</v>
       </c>
       <c r="D451" t="s">
-        <v>1628</v>
+        <v>762</v>
       </c>
       <c r="E451" t="s">
-        <v>1629</v>
+        <v>763</v>
       </c>
       <c r="F451" t="s">
-        <v>1634</v>
+        <v>13</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1635</v>
+        <v>1601</v>
       </c>
       <c r="H451" t="s">
-        <v>349</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1636</v>
+        <v>1603</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>21</v>
+        <v>1604</v>
       </c>
       <c r="D452" t="s">
-        <v>1628</v>
+        <v>762</v>
       </c>
       <c r="E452" t="s">
-        <v>1629</v>
+        <v>763</v>
       </c>
       <c r="F452" t="s">
-        <v>1634</v>
+        <v>13</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1637</v>
+        <v>1605</v>
       </c>
       <c r="H452" t="s">
-        <v>1638</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1639</v>
+        <v>1607</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>25</v>
+        <v>1608</v>
       </c>
       <c r="D453" t="s">
-        <v>1628</v>
+        <v>762</v>
       </c>
       <c r="E453" t="s">
-        <v>1629</v>
+        <v>763</v>
       </c>
       <c r="F453" t="s">
-        <v>1634</v>
+        <v>33</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1640</v>
+        <v>1609</v>
       </c>
       <c r="H453" t="s">
-        <v>1641</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1642</v>
+        <v>1611</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>45</v>
+        <v>1612</v>
       </c>
       <c r="D454" t="s">
-        <v>1628</v>
+        <v>762</v>
       </c>
       <c r="E454" t="s">
-        <v>1629</v>
+        <v>763</v>
       </c>
       <c r="F454" t="s">
-        <v>1643</v>
+        <v>33</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1644</v>
+        <v>1613</v>
       </c>
       <c r="H454" t="s">
-        <v>1641</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1645</v>
+        <v>1615</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>50</v>
+        <v>1616</v>
       </c>
       <c r="D455" t="s">
-        <v>1628</v>
+        <v>762</v>
       </c>
       <c r="E455" t="s">
-        <v>1629</v>
+        <v>763</v>
       </c>
       <c r="F455" t="s">
-        <v>1630</v>
+        <v>18</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1646</v>
+        <v>1617</v>
       </c>
       <c r="H455" t="s">
-        <v>1647</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1648</v>
+        <v>1619</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>54</v>
+        <v>1620</v>
       </c>
       <c r="D456" t="s">
-        <v>1628</v>
+        <v>762</v>
       </c>
       <c r="E456" t="s">
-        <v>1629</v>
+        <v>763</v>
       </c>
       <c r="F456" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1649</v>
+        <v>1621</v>
       </c>
       <c r="H456" t="s">
-        <v>1650</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1651</v>
+        <v>1623</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>58</v>
+        <v>1624</v>
       </c>
       <c r="D457" t="s">
-        <v>1628</v>
+        <v>762</v>
       </c>
       <c r="E457" t="s">
-        <v>1629</v>
+        <v>763</v>
       </c>
       <c r="F457" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1652</v>
+        <v>1625</v>
       </c>
       <c r="H457" t="s">
-        <v>1653</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1654</v>
+        <v>1627</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>62</v>
+        <v>1628</v>
       </c>
       <c r="D458" t="s">
-        <v>1628</v>
+        <v>762</v>
       </c>
       <c r="E458" t="s">
+        <v>763</v>
+      </c>
+      <c r="F458" t="s">
+        <v>48</v>
+      </c>
+      <c r="G458" s="1" t="s">
         <v>1629</v>
       </c>
-      <c r="F458" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H458" t="s">
-        <v>1656</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1657</v>
+        <v>1631</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>66</v>
+        <v>1632</v>
       </c>
       <c r="D459" t="s">
-        <v>1628</v>
+        <v>762</v>
       </c>
       <c r="E459" t="s">
-        <v>1629</v>
+        <v>763</v>
       </c>
       <c r="F459" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1658</v>
+        <v>1633</v>
       </c>
       <c r="H459" t="s">
-        <v>1659</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1660</v>
+        <v>1635</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>70</v>
+        <v>1636</v>
       </c>
       <c r="D460" t="s">
-        <v>1628</v>
+        <v>762</v>
       </c>
       <c r="E460" t="s">
-        <v>1629</v>
+        <v>763</v>
       </c>
       <c r="F460" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1661</v>
+        <v>1637</v>
       </c>
       <c r="H460" t="s">
-        <v>1662</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1663</v>
+        <v>1639</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>10</v>
+        <v>1640</v>
       </c>
       <c r="D461" t="s">
-        <v>1664</v>
+        <v>762</v>
       </c>
       <c r="E461" t="s">
-        <v>1665</v>
+        <v>763</v>
       </c>
       <c r="F461" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1666</v>
+        <v>1641</v>
       </c>
       <c r="H461" t="s">
-        <v>1667</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1668</v>
+        <v>1643</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>17</v>
+        <v>1644</v>
       </c>
       <c r="D462" t="s">
-        <v>1664</v>
+        <v>762</v>
       </c>
       <c r="E462" t="s">
-        <v>1665</v>
+        <v>763</v>
       </c>
       <c r="F462" t="s">
         <v>13</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1669</v>
+        <v>1645</v>
       </c>
       <c r="H462" t="s">
-        <v>1670</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1671</v>
+        <v>1647</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>21</v>
+        <v>1648</v>
       </c>
       <c r="D463" t="s">
-        <v>1664</v>
+        <v>762</v>
       </c>
       <c r="E463" t="s">
-        <v>1665</v>
+        <v>763</v>
       </c>
       <c r="F463" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1672</v>
+        <v>1649</v>
       </c>
       <c r="H463" t="s">
-        <v>1673</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1674</v>
+        <v>1651</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>25</v>
+        <v>1652</v>
       </c>
       <c r="D464" t="s">
-        <v>1664</v>
+        <v>762</v>
       </c>
       <c r="E464" t="s">
-        <v>1665</v>
+        <v>763</v>
       </c>
       <c r="F464" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1675</v>
+        <v>1653</v>
       </c>
       <c r="H464" t="s">
-        <v>1676</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1677</v>
+        <v>1655</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>45</v>
+        <v>1656</v>
       </c>
       <c r="D465" t="s">
-        <v>1664</v>
+        <v>762</v>
       </c>
       <c r="E465" t="s">
-        <v>1665</v>
+        <v>763</v>
       </c>
       <c r="F465" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1678</v>
+        <v>1657</v>
       </c>
       <c r="H465" t="s">
-        <v>1679</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1680</v>
+        <v>1659</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>50</v>
+        <v>1660</v>
       </c>
       <c r="D466" t="s">
-        <v>1664</v>
+        <v>762</v>
       </c>
       <c r="E466" t="s">
-        <v>1665</v>
+        <v>763</v>
       </c>
       <c r="F466" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1681</v>
+        <v>1661</v>
       </c>
       <c r="H466" t="s">
-        <v>1682</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1683</v>
+        <v>1663</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>54</v>
+        <v>1664</v>
       </c>
       <c r="D467" t="s">
-        <v>1664</v>
+        <v>762</v>
       </c>
       <c r="E467" t="s">
+        <v>763</v>
+      </c>
+      <c r="F467" t="s">
+        <v>28</v>
+      </c>
+      <c r="G467" s="1" t="s">
         <v>1665</v>
       </c>
-      <c r="F467" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H467" t="s">
-        <v>1685</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1686</v>
+        <v>1667</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>83</v>
+        <v>1668</v>
       </c>
       <c r="D468" t="s">
-        <v>1687</v>
+        <v>762</v>
       </c>
       <c r="E468" t="s">
-        <v>1688</v>
+        <v>763</v>
       </c>
       <c r="F468" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1689</v>
+        <v>1669</v>
       </c>
       <c r="H468" t="s">
-        <v>1690</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1691</v>
+        <v>1671</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>190</v>
+        <v>1672</v>
       </c>
       <c r="D469" t="s">
-        <v>1687</v>
+        <v>762</v>
       </c>
       <c r="E469" t="s">
-        <v>1688</v>
+        <v>763</v>
       </c>
       <c r="F469" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1692</v>
+        <v>1673</v>
       </c>
       <c r="H469" t="s">
-        <v>1693</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D470" t="s">
+        <v>762</v>
+      </c>
+      <c r="E470" t="s">
+        <v>763</v>
+      </c>
+      <c r="F470" t="s">
+        <v>23</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1678</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D471" t="s">
+        <v>762</v>
+      </c>
+      <c r="E471" t="s">
+        <v>763</v>
+      </c>
+      <c r="F471" t="s">
+        <v>38</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D472" t="s">
+        <v>762</v>
+      </c>
+      <c r="E472" t="s">
+        <v>763</v>
+      </c>
+      <c r="F472" t="s">
+        <v>23</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D473" t="s">
+        <v>762</v>
+      </c>
+      <c r="E473" t="s">
+        <v>763</v>
+      </c>
+      <c r="F473" t="s">
+        <v>18</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D474" t="s">
+        <v>762</v>
+      </c>
+      <c r="E474" t="s">
+        <v>763</v>
+      </c>
+      <c r="F474" t="s">
+        <v>53</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H474" t="s">
         <v>1694</v>
       </c>
-      <c r="B470" t="s">
-[...2 lines deleted...]
-      <c r="C470" t="s">
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D475" t="s">
+        <v>762</v>
+      </c>
+      <c r="E475" t="s">
+        <v>763</v>
+      </c>
+      <c r="F475" t="s">
+        <v>53</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D476" t="s">
+        <v>762</v>
+      </c>
+      <c r="E476" t="s">
+        <v>763</v>
+      </c>
+      <c r="F476" t="s">
+        <v>13</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D477" t="s">
+        <v>762</v>
+      </c>
+      <c r="E477" t="s">
+        <v>763</v>
+      </c>
+      <c r="F477" t="s">
+        <v>23</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D478" t="s">
+        <v>762</v>
+      </c>
+      <c r="E478" t="s">
+        <v>763</v>
+      </c>
+      <c r="F478" t="s">
+        <v>43</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D479" t="s">
+        <v>762</v>
+      </c>
+      <c r="E479" t="s">
+        <v>763</v>
+      </c>
+      <c r="F479" t="s">
+        <v>33</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1713</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D480" t="s">
+        <v>762</v>
+      </c>
+      <c r="E480" t="s">
+        <v>763</v>
+      </c>
+      <c r="F480" t="s">
+        <v>33</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D481" t="s">
+        <v>762</v>
+      </c>
+      <c r="E481" t="s">
+        <v>763</v>
+      </c>
+      <c r="F481" t="s">
+        <v>18</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D482" t="s">
+        <v>762</v>
+      </c>
+      <c r="E482" t="s">
+        <v>763</v>
+      </c>
+      <c r="F482" t="s">
+        <v>18</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1725</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D483" t="s">
+        <v>762</v>
+      </c>
+      <c r="E483" t="s">
+        <v>763</v>
+      </c>
+      <c r="F483" t="s">
+        <v>13</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1729</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D484" t="s">
+        <v>762</v>
+      </c>
+      <c r="E484" t="s">
+        <v>763</v>
+      </c>
+      <c r="F484" t="s">
+        <v>13</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D485" t="s">
+        <v>762</v>
+      </c>
+      <c r="E485" t="s">
+        <v>763</v>
+      </c>
+      <c r="F485" t="s">
+        <v>13</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D486" t="s">
+        <v>762</v>
+      </c>
+      <c r="E486" t="s">
+        <v>763</v>
+      </c>
+      <c r="F486" t="s">
+        <v>33</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1740</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D487" t="s">
+        <v>762</v>
+      </c>
+      <c r="E487" t="s">
+        <v>763</v>
+      </c>
+      <c r="F487" t="s">
+        <v>33</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D488" t="s">
+        <v>762</v>
+      </c>
+      <c r="E488" t="s">
+        <v>763</v>
+      </c>
+      <c r="F488" t="s">
+        <v>13</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D489" t="s">
+        <v>762</v>
+      </c>
+      <c r="E489" t="s">
+        <v>763</v>
+      </c>
+      <c r="F489" t="s">
+        <v>43</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D490" t="s">
+        <v>762</v>
+      </c>
+      <c r="E490" t="s">
+        <v>763</v>
+      </c>
+      <c r="F490" t="s">
+        <v>43</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D491" t="s">
+        <v>762</v>
+      </c>
+      <c r="E491" t="s">
+        <v>763</v>
+      </c>
+      <c r="F491" t="s">
+        <v>33</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D492" t="s">
+        <v>762</v>
+      </c>
+      <c r="E492" t="s">
+        <v>763</v>
+      </c>
+      <c r="F492" t="s">
+        <v>33</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1767</v>
+      </c>
+      <c r="D493" t="s">
+        <v>762</v>
+      </c>
+      <c r="E493" t="s">
+        <v>763</v>
+      </c>
+      <c r="F493" t="s">
+        <v>13</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D494" t="s">
+        <v>762</v>
+      </c>
+      <c r="E494" t="s">
+        <v>763</v>
+      </c>
+      <c r="F494" t="s">
+        <v>13</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D495" t="s">
+        <v>762</v>
+      </c>
+      <c r="E495" t="s">
+        <v>763</v>
+      </c>
+      <c r="F495" t="s">
+        <v>43</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D496" t="s">
+        <v>762</v>
+      </c>
+      <c r="E496" t="s">
+        <v>763</v>
+      </c>
+      <c r="F496" t="s">
+        <v>23</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D497" t="s">
+        <v>762</v>
+      </c>
+      <c r="E497" t="s">
+        <v>763</v>
+      </c>
+      <c r="F497" t="s">
+        <v>23</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D498" t="s">
+        <v>762</v>
+      </c>
+      <c r="E498" t="s">
+        <v>763</v>
+      </c>
+      <c r="F498" t="s">
+        <v>43</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D499" t="s">
+        <v>762</v>
+      </c>
+      <c r="E499" t="s">
+        <v>763</v>
+      </c>
+      <c r="F499" t="s">
+        <v>43</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>1792</v>
+      </c>
+      <c r="H499" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D500" t="s">
+        <v>762</v>
+      </c>
+      <c r="E500" t="s">
+        <v>763</v>
+      </c>
+      <c r="F500" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D501" t="s">
+        <v>762</v>
+      </c>
+      <c r="E501" t="s">
+        <v>763</v>
+      </c>
+      <c r="F501" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="H501" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D502" t="s">
+        <v>762</v>
+      </c>
+      <c r="E502" t="s">
+        <v>763</v>
+      </c>
+      <c r="F502" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>1804</v>
+      </c>
+      <c r="H502" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D503" t="s">
+        <v>762</v>
+      </c>
+      <c r="E503" t="s">
+        <v>763</v>
+      </c>
+      <c r="F503" t="s">
+        <v>33</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D504" t="s">
+        <v>762</v>
+      </c>
+      <c r="E504" t="s">
+        <v>763</v>
+      </c>
+      <c r="F504" t="s">
+        <v>18</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D505" t="s">
+        <v>762</v>
+      </c>
+      <c r="E505" t="s">
+        <v>763</v>
+      </c>
+      <c r="F505" t="s">
+        <v>38</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H505" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D506" t="s">
+        <v>762</v>
+      </c>
+      <c r="E506" t="s">
+        <v>763</v>
+      </c>
+      <c r="F506" t="s">
+        <v>33</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="H506" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D507" t="s">
+        <v>762</v>
+      </c>
+      <c r="E507" t="s">
+        <v>763</v>
+      </c>
+      <c r="F507" t="s">
+        <v>13</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>1824</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1825</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D508" t="s">
+        <v>762</v>
+      </c>
+      <c r="E508" t="s">
+        <v>763</v>
+      </c>
+      <c r="F508" t="s">
+        <v>372</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1829</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D509" t="s">
+        <v>762</v>
+      </c>
+      <c r="E509" t="s">
+        <v>763</v>
+      </c>
+      <c r="F509" t="s">
+        <v>13</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>1832</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D510" t="s">
+        <v>762</v>
+      </c>
+      <c r="E510" t="s">
+        <v>763</v>
+      </c>
+      <c r="F510" t="s">
+        <v>13</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>1836</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1837</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D511" t="s">
+        <v>762</v>
+      </c>
+      <c r="E511" t="s">
+        <v>763</v>
+      </c>
+      <c r="F511" t="s">
+        <v>13</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B512" t="s">
+        <v>9</v>
+      </c>
+      <c r="C512" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D512" t="s">
+        <v>762</v>
+      </c>
+      <c r="E512" t="s">
+        <v>763</v>
+      </c>
+      <c r="F512" t="s">
+        <v>18</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>1844</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D513" t="s">
+        <v>762</v>
+      </c>
+      <c r="E513" t="s">
+        <v>763</v>
+      </c>
+      <c r="F513" t="s">
+        <v>33</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>1848</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D514" t="s">
+        <v>762</v>
+      </c>
+      <c r="E514" t="s">
+        <v>763</v>
+      </c>
+      <c r="F514" t="s">
+        <v>48</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>1852</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D515" t="s">
+        <v>762</v>
+      </c>
+      <c r="E515" t="s">
+        <v>763</v>
+      </c>
+      <c r="F515" t="s">
+        <v>38</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>1856</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D516" t="s">
+        <v>762</v>
+      </c>
+      <c r="E516" t="s">
+        <v>763</v>
+      </c>
+      <c r="F516" t="s">
+        <v>43</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>1860</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>1863</v>
+      </c>
+      <c r="D517" t="s">
+        <v>762</v>
+      </c>
+      <c r="E517" t="s">
+        <v>763</v>
+      </c>
+      <c r="F517" t="s">
+        <v>43</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1865</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D518" t="s">
+        <v>762</v>
+      </c>
+      <c r="E518" t="s">
+        <v>763</v>
+      </c>
+      <c r="F518" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D519" t="s">
+        <v>762</v>
+      </c>
+      <c r="E519" t="s">
+        <v>763</v>
+      </c>
+      <c r="F519" t="s">
+        <v>1872</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>1873</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1876</v>
+      </c>
+      <c r="D520" t="s">
+        <v>762</v>
+      </c>
+      <c r="E520" t="s">
+        <v>763</v>
+      </c>
+      <c r="F520" t="s">
+        <v>13</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D521" t="s">
+        <v>762</v>
+      </c>
+      <c r="E521" t="s">
+        <v>763</v>
+      </c>
+      <c r="F521" t="s">
+        <v>23</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
         <v>10</v>
       </c>
-      <c r="D470" t="s">
-[...12 lines deleted...]
-        <v>1698</v>
+      <c r="D522" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F522" t="s">
+        <v>1886</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>17</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E523" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F523" t="s">
+        <v>1890</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H523" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
+        <v>22</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E524" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F524" t="s">
+        <v>1890</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>27</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E525" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F525" t="s">
+        <v>1890</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>32</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E526" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F526" t="s">
+        <v>1899</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>1900</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>37</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E527" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F527" t="s">
+        <v>1886</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>1902</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>42</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F528" t="s">
+        <v>33</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>1905</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>47</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E529" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F529" t="s">
+        <v>33</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>1908</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>52</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E530" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F530" t="s">
+        <v>43</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>1911</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>101</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E531" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F531" t="s">
+        <v>43</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>105</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E532" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F532" t="s">
+        <v>43</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>1917</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>109</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E533" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F533" t="s">
+        <v>350</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>1920</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>113</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E534" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F534" t="s">
+        <v>350</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>1923</v>
+      </c>
+      <c r="H534" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>10</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E535" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F535" t="s">
+        <v>59</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="H535" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>17</v>
+      </c>
+      <c r="D536" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E536" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F536" t="s">
+        <v>59</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="H536" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>22</v>
+      </c>
+      <c r="D537" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E537" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F537" t="s">
+        <v>59</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H537" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>27</v>
+      </c>
+      <c r="D538" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E538" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F538" t="s">
+        <v>59</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H538" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>32</v>
+      </c>
+      <c r="D539" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E539" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F539" t="s">
+        <v>59</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="H539" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>37</v>
+      </c>
+      <c r="D540" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E540" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F540" t="s">
+        <v>59</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H540" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>42</v>
+      </c>
+      <c r="D541" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E541" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F541" t="s">
+        <v>59</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="H541" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B542" t="s">
+        <v>9</v>
+      </c>
+      <c r="C542" t="s">
+        <v>47</v>
+      </c>
+      <c r="D542" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E542" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F542" t="s">
+        <v>59</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="H542" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B543" t="s">
+        <v>9</v>
+      </c>
+      <c r="C543" t="s">
+        <v>117</v>
+      </c>
+      <c r="D543" t="s">
+        <v>1952</v>
+      </c>
+      <c r="E543" t="s">
+        <v>1953</v>
+      </c>
+      <c r="F543" t="s">
+        <v>59</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>1954</v>
+      </c>
+      <c r="H543" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B544" t="s">
+        <v>9</v>
+      </c>
+      <c r="C544" t="s">
+        <v>153</v>
+      </c>
+      <c r="D544" t="s">
+        <v>1952</v>
+      </c>
+      <c r="E544" t="s">
+        <v>1953</v>
+      </c>
+      <c r="F544" t="s">
+        <v>59</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="H544" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>10</v>
+      </c>
+      <c r="D545" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E545" t="s">
+        <v>1961</v>
+      </c>
+      <c r="F545" t="s">
+        <v>13</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>1962</v>
+      </c>
+      <c r="H545" t="s">
+        <v>1963</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -18168,50 +20915,125 @@
     <hyperlink ref="G446" r:id="rId445"/>
     <hyperlink ref="G447" r:id="rId446"/>
     <hyperlink ref="G448" r:id="rId447"/>
     <hyperlink ref="G449" r:id="rId448"/>
     <hyperlink ref="G450" r:id="rId449"/>
     <hyperlink ref="G451" r:id="rId450"/>
     <hyperlink ref="G452" r:id="rId451"/>
     <hyperlink ref="G453" r:id="rId452"/>
     <hyperlink ref="G454" r:id="rId453"/>
     <hyperlink ref="G455" r:id="rId454"/>
     <hyperlink ref="G456" r:id="rId455"/>
     <hyperlink ref="G457" r:id="rId456"/>
     <hyperlink ref="G458" r:id="rId457"/>
     <hyperlink ref="G459" r:id="rId458"/>
     <hyperlink ref="G460" r:id="rId459"/>
     <hyperlink ref="G461" r:id="rId460"/>
     <hyperlink ref="G462" r:id="rId461"/>
     <hyperlink ref="G463" r:id="rId462"/>
     <hyperlink ref="G464" r:id="rId463"/>
     <hyperlink ref="G465" r:id="rId464"/>
     <hyperlink ref="G466" r:id="rId465"/>
     <hyperlink ref="G467" r:id="rId466"/>
     <hyperlink ref="G468" r:id="rId467"/>
     <hyperlink ref="G469" r:id="rId468"/>
     <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
+    <hyperlink ref="G502" r:id="rId501"/>
+    <hyperlink ref="G503" r:id="rId502"/>
+    <hyperlink ref="G504" r:id="rId503"/>
+    <hyperlink ref="G505" r:id="rId504"/>
+    <hyperlink ref="G506" r:id="rId505"/>
+    <hyperlink ref="G507" r:id="rId506"/>
+    <hyperlink ref="G508" r:id="rId507"/>
+    <hyperlink ref="G509" r:id="rId508"/>
+    <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
+    <hyperlink ref="G512" r:id="rId511"/>
+    <hyperlink ref="G513" r:id="rId512"/>
+    <hyperlink ref="G514" r:id="rId513"/>
+    <hyperlink ref="G515" r:id="rId514"/>
+    <hyperlink ref="G516" r:id="rId515"/>
+    <hyperlink ref="G517" r:id="rId516"/>
+    <hyperlink ref="G518" r:id="rId517"/>
+    <hyperlink ref="G519" r:id="rId518"/>
+    <hyperlink ref="G520" r:id="rId519"/>
+    <hyperlink ref="G521" r:id="rId520"/>
+    <hyperlink ref="G522" r:id="rId521"/>
+    <hyperlink ref="G523" r:id="rId522"/>
+    <hyperlink ref="G524" r:id="rId523"/>
+    <hyperlink ref="G525" r:id="rId524"/>
+    <hyperlink ref="G526" r:id="rId525"/>
+    <hyperlink ref="G527" r:id="rId526"/>
+    <hyperlink ref="G528" r:id="rId527"/>
+    <hyperlink ref="G529" r:id="rId528"/>
+    <hyperlink ref="G530" r:id="rId529"/>
+    <hyperlink ref="G531" r:id="rId530"/>
+    <hyperlink ref="G532" r:id="rId531"/>
+    <hyperlink ref="G533" r:id="rId532"/>
+    <hyperlink ref="G534" r:id="rId533"/>
+    <hyperlink ref="G535" r:id="rId534"/>
+    <hyperlink ref="G536" r:id="rId535"/>
+    <hyperlink ref="G537" r:id="rId536"/>
+    <hyperlink ref="G538" r:id="rId537"/>
+    <hyperlink ref="G539" r:id="rId538"/>
+    <hyperlink ref="G540" r:id="rId539"/>
+    <hyperlink ref="G541" r:id="rId540"/>
+    <hyperlink ref="G542" r:id="rId541"/>
+    <hyperlink ref="G543" r:id="rId542"/>
+    <hyperlink ref="G544" r:id="rId543"/>
+    <hyperlink ref="G545" r:id="rId544"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>