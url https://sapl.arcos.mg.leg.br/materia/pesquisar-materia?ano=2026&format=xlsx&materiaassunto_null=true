--- v0 (2026-01-26)
+++ v1 (2026-03-17)
@@ -10,189 +10,1299 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="864" uniqueCount="415">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1156</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>EPL</t>
+  </si>
+  <si>
+    <t>Emendas a Projeto de Lei</t>
+  </si>
+  <si>
+    <t>Wellington Francelli Estevão Rodrigues Roque</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1156/emenda_plo_005-2026.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA AO PROJETO DE LEI ORDINÁRIA Nº 005-2026 DE AUTORIA DO EXECUTIVO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Didier</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/</t>
+  </si>
+  <si>
+    <t>ELABORAÇÃO DE PROJETO DE LEI QUE INSTITUI O PROGRAMA MUNICIPAL DE APOIO OPERACIONAL AO SERVIDOR PÚBLICO EFETIVO, MEDIANTE RESSARCIMENTO INTEGRAL DE CUSTOS.</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>CFOTC - Comissão de Finanças, Orçamento e Tomada de Contas</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1214/projeto_decreto_legisl._001-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A APRECIAÇÃO DAS CONTAS DO PODER EXECUTIVO MUNICIPAL DE ARCOS - MG, RELATIVO AO EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>1120</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
-    <t>Wellington Francelli Estevão Rodrigues Roque</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1120/plo_001-2026.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1120/plo_001-2026.pdf</t>
   </si>
   <si>
     <t>APROVA O CONTRATO DE CONSÓRCIO PÚBLICO E O ESTATUTO SOCIAL DO CONSÓRCIO INTERFEDERATIVO MINAS GERAIS - CIMINAS, AUTORIZANDO O INGRESSO DO MUNICÍPIO DE ARCOS, ESTADO DE MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1121/plo_002-2026.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1121/plo_002-2026.pdf</t>
   </si>
   <si>
     <t>Autoriza, para fins de contagem de tempo e, aquisição do adicional por tempo de serviço, progressão na carreira e da licença prêmio por assiduidade, o _x000D_
 cômputo do período compreendido entre 28 de maio de 2020 e 31 de dezembro de 2021.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1126/plo_003-2026.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1126/plo_003-2026.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de auxílio financeiro à Santa Casa de Arcos/MG e dá outras providências.</t>
   </si>
   <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1145/plo_004-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS E SUBSÍDIOS DOS AGENTES PÚBLICOS MUNICIPAIS E SOBRE O REAJUSTE DO VALOR DO AUXILIO - ALIMENTAÇÃO PREVISTO NA LEI MUNICIPAL 3.021, DE 2022.</t>
+  </si>
+  <si>
+    <t>1144</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1144/plo_005-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.944, de 23 de abril de 2003, que dispõe sobre a criação do Conselho Municipal de Conservação, Defesa e Desenvolvimento do Meio Ambiente - CODEMA.</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1165/plo_006-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DE AUXÍLIOS NO EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1166/plo_007-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DE CONTRIBUIÇÕES NO EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1167/plo_008-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DE SUBVENÇÕES NO EXERCÍCIO DE 2026 ÀS ENTIDADES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1192</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1192/plo_009-2026.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA OS ANEXOS DA LEI ORDINÁRIA Nº 3.104 DE 16 DE OUTUBRO DE 2023, A QUAL AUTORIZA A CRIAÇÃO DE CARGOS TEMPORÁRIOS, RESPECTIVOS PROVIMENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1218/plo_010-2026.pdf</t>
+  </si>
+  <si>
+    <t>DESAFETA E AUTORIZA A PERMUTA DE IMÓVEL DO PATRIMÔNIO PÚBLICO MUNICIPAL, POR IMÓVEL PARTICULAR.</t>
+  </si>
+  <si>
+    <t>1232</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1232/plo_011-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL ORDINÁRIA Nº 3.051 DE 27/10/2022 QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1233</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1233/plo_012-2026.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA AS ATRIBUIÇÕES E REAJUSTA A REMUNERAÇÃO DO CARGO DE SECRETÁRIO ESCOLAR; ALTERA A CARGA HORÁRIA PARA O CARGO DE SUPERVISOR ESCOLAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1234</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1234/plo_013-2026.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI MUNICIPAL Nº 3.093 DE 16 DE AGOSTO DE 2023 QUE AUTORIZA A DESAFETAÇÃO DE ÁREA VERDE DE IMÓVEL PERTENCENTE AO MUNICÍPÍO, PARA FINS DE CONSTRUÇÃO DE UNIDADE DE PRONTO ATENDIMENTO - UPA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1153</t>
+  </si>
+  <si>
+    <t>PLOL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária - Legislativo</t>
+  </si>
+  <si>
+    <t>Queijinho</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1153/projeto_de_lei_no_01-2026_-_reajuste_dos_servidores_da_camara.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE REAJUSTE SALARIAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE ARCOS/MG.</t>
+  </si>
+  <si>
+    <t>1154</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1154/projeto_de_lei_no_02-2026_-_revisao_subsidios.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A RECOMPOSIÇÃO ANUAL DOS SUBSÍDIOS DOS AGENTES POLÍTICOS DO MUNICÍPIO DE ARCOS/MG, POR FORÇA DA LEI MUNICIPAL N° 3.095, DE 21 DE AGOSTO DE 2023</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1172/projeto_de_lei_no_03-2026_-_queijinho_-_atendimento_prioritario_a_pacientes_com_diabetes_tipo_1.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O ATENDIMENTO PRIORITÁRIO ÀS PESSOAS COM DIABETES MELLITUS TIPO 1 NOS ESTABELECIMENTOS PÚBLICOS E PRIVADOS DO MUNICÍPIO DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>Mesa Diretora</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1186/projeto_de_lei_no_04-2026_-_funcoes_gratificadas.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DE FUNÇÕES GRATIFICADAS NO ÂMBITO DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>Leslie</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1191/projeto_de_lei_no_05-2026_-_utilidade_publica_insituto_arcos_socioambiental.pdf</t>
+  </si>
+  <si>
+    <t>DECLARA DE UTILIDADE PÚBLICA A ORGANIZAÇÃO DA SOCIEDADE CIVIL “INSTITUTO ARCOS SOCIOAMBIENTAL - IAS.”</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1217/projeto_de_lei_no_07-2026_-_programa_cidade_limpa_-_leslie.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO “PROGRAMA CIDADE LIMPA” E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>Didier, Jaiane</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1200/projeto_de_lei_no_08-2026_-_identificacao_de_veiculos_publicos_-_alex_e_jaiane.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A IDENTIFICAÇÃO DOS VEÍCULOS PÚBLICOS, PERTENCENTES AO MUNICÍPIO DE ARCOS/MG, POR MEIO DE ADESIVOS OU OBJETOS SIMILARES.</t>
+  </si>
+  <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>Kátia</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1216/projeto_de_lei_no_09-2026_-_katia_-_notificacao_de_mordedura_de_animais.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A OBRIGATORIEDADE DE NOTIFICAÇÃO DE CASOS DE MORDEDURA, POR ANIMAIS, ATENDIDOS EM HOSPITAIS, UNIDADES DE SAÚDE E CLÍNICAS DO MUNICÍPIO DE ARCOS/MG.</t>
+  </si>
+  <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1230/projeto_de_lei_no_10-2026_-_leslie_-_vedacao_de_nomeacao_de_condenados_pela_lei_maria_da_penha.pdf</t>
+  </si>
+  <si>
+    <t>VEDA A NOMEAÇÃO DE PESSOA CONDENADA, POR SENTENÇA CRIMINAL COM TRÂNSITO EM JULGADO E FUNDAMENTADA NA LEI FEDERAL Nº 11.340, DE 7 DE AGOSTO DE 2006 (LEI MARIA DA PENHA), PARA EXERCER CARGO OU EMPREGO PÚBLICO NO MUNICÍPIO DE ARCOS/MG, INCLUSIVE NOS ÂMBITOS DO PODER LEGISLATIVO E DA ADMINISTRAÇÃO INDIRETA</t>
+  </si>
+  <si>
     <t>1127</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1127/plc_001-2026.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1127/plc_001-2026.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1168/plc_002-2026.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR.</t>
+  </si>
+  <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1169/plc_003-2026.pdf</t>
+  </si>
+  <si>
+    <t>1170</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1170/plc_004-2026.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITOS ADICIONAIS SUPLEMENTARES.</t>
+  </si>
+  <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1171/plc_005-2026.pdf</t>
+  </si>
+  <si>
+    <t>1182</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1182/plc_006-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O PARCELAMENTO DO SOLO RURALPARA FINS DE CHACREAMENTO NO MUNICÍPIO DE ARCOS/MG, ESTABELECE PROCEDIMENTOS PARA REGULARIZAÇÃO DE EMPREENDIMENTOS CONSOLIDADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1201/plc_007-2026.pdf</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1219/plc_008-2026.pdf</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1220/plc_009-2026.pdf</t>
+  </si>
+  <si>
+    <t>1221</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1221/plc_010-2026.pdf</t>
+  </si>
+  <si>
+    <t>1222</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1222/plc_011-2026.pdf</t>
+  </si>
+  <si>
+    <t>1223</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1223/plc_012-2025.pdf</t>
+  </si>
+  <si>
+    <t>1235</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1235/plc__013-2026.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA OS ANEXOS DAS EMENDAS IMPOSITIVAS PREVISTAS NA LEI COMPLEMENTAR MUNICIPALNº 223, DE 09/12/2025.</t>
+  </si>
+  <si>
+    <t>1155</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1155/projeto_de_resolucao_no_01-2026_-_recomposicao_anual.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A RECOMPOSIÇÃO ANUAL DOS SUBSÍDIOS DOS AGENTES POLÍTICOS DA CÂMARA MUNICIPAL DE ARCOS/MG, POR FORÇA DA RESOLUÇÃO Nº 901, DE 22 DE AGOSTO DE 2023.</t>
+  </si>
+  <si>
+    <t>1183</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1183/projeto_de_resolucao_no_02-2026_-_recomendacao_mpc.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A ORGANIZAÇÃO, TRANSPARÊNCIA, RASTREABILIDADE E ACOMPANHAMENTO INSTITUCIONAL DAS EMENDAS PARLAMENTARES NO ÂMBITO DA CÂMARA MUNICIPAL DE ARCOS/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1184</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1184/projeto_de_resolucao_no_03-2026_-_ouvidoria.pdf</t>
+  </si>
+  <si>
+    <t>REGULAMENTA A LEI FEDERAL Nº 13.460/2017, SOBRE A ORGANIZAÇÃO DOS SERVIÇOS DE ATENDIMENTO AOS USUÁRIOS.</t>
+  </si>
+  <si>
+    <t>1185</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1185/projeto_de_resolucao_no_04-2026_-_estrutura.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A RESOLUÇÃO Nº. 894/2021 E ANEXO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>1122</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>Didier</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1122/001_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1122/001_alex.pdf</t>
   </si>
   <si>
     <t>Regulamentação da Lei Municipal nº 3.134 de 10/04/2024</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1123/002_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1123/002_alex.pdf</t>
   </si>
   <si>
     <t>Realização de concurso público</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>Carlos</t>
   </si>
   <si>
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1124/003_carlos.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1124/003_carlos.pdf</t>
   </si>
   <si>
     <t>Doação de terreno para construção de Avenida</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1125/004_alex.pdf</t>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1125/004_alex.pdf</t>
   </si>
   <si>
     <t>Auxílio-Alimentação</t>
+  </si>
+  <si>
+    <t>1128</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1128/005_leslie.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre manutenção de vias públicas.</t>
+  </si>
+  <si>
+    <t>1129</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1129/006_leslie.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção das estradas rurais do município.</t>
+  </si>
+  <si>
+    <t>1130</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1130/007_leslie.pdf</t>
+  </si>
+  <si>
+    <t>Esclarecimentos sobre demora no atendimento dos serviços de saúde e sobre a situação do transporte público na área da saúde.</t>
+  </si>
+  <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>Joãozinho</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1131/008_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Proposta de projeto de lei sobre cobrança proporcional de taxa de alvará de funcionamento.</t>
+  </si>
+  <si>
+    <t>1132</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1132/009_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Proposta de projeto de lei sobre autorização de parcelamento do imposto sobre transmissão de bens imóveis</t>
+  </si>
+  <si>
+    <t>1133</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1133/010_alex.pdf</t>
+  </si>
+  <si>
+    <t>Proposta de projeto de lei sobre regulamentação de férias de 25 dias úteis.</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1134/011_alex.pdf</t>
+  </si>
+  <si>
+    <t>Desmembramento de Secretaria Municipal</t>
+  </si>
+  <si>
+    <t>1135</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1135/012_alex.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de câmeras de segurança no almoxarifado de obras da prefeitura municipal</t>
+  </si>
+  <si>
+    <t>1136</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1136/013_alex.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre veículo retido em pátio de veículos apreendidos</t>
+  </si>
+  <si>
+    <t>1137</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1137/014_alex.pdf</t>
+  </si>
+  <si>
+    <t>Relação de veículos pesados do município de Arcos.</t>
+  </si>
+  <si>
+    <t>1138</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1138/015_katia.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de câmera de segurança em via pública</t>
+  </si>
+  <si>
+    <t>1139</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1139/016_alex.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e manutenção do gramado de Campo de Futebol</t>
+  </si>
+  <si>
+    <t>1140</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1140/017_leslie.pdf</t>
+  </si>
+  <si>
+    <t>Melhorias na sinalização do trevo da Rodovia MG 170 (imediações do Bairro Floresta)</t>
+  </si>
+  <si>
+    <t>1141</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1141/018_carlos.pdf</t>
+  </si>
+  <si>
+    <t>Construção de creche no Bairro São Judas</t>
+  </si>
+  <si>
+    <t>1142</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1142/019_alex.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre veículos utilizados no setor de TFD</t>
+  </si>
+  <si>
+    <t>1143</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Genorinho</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1143/020_genorinho.pdf</t>
+  </si>
+  <si>
+    <t>Destinação pública para terreno</t>
+  </si>
+  <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1146/021_alex.pdf</t>
+  </si>
+  <si>
+    <t>Obras de melhorias na Escola Municipal José Bonifácio Gonçalves</t>
+  </si>
+  <si>
+    <t>1147</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>CTARMACI - Comissão Transportes, Área Rural, Meio Ambiente, Comércio E Indústria</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1147/022_comissao_meio_ambiente.pdf</t>
+  </si>
+  <si>
+    <t>Convocação do Secretário Municipal de Meio Ambiente e Agricultura</t>
+  </si>
+  <si>
+    <t>1148</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1148/023_hernane.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza em Geral em Calciolândia</t>
+  </si>
+  <si>
+    <t>1152</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1152/024_mesa.pdf</t>
+  </si>
+  <si>
+    <t>ALTERAÇÃO DO DIA DE REALIZAÇÃO DE REUNIÃO ORDINÁRIA.</t>
+  </si>
+  <si>
+    <t>1151</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1151/025_leslie.pdf</t>
+  </si>
+  <si>
+    <t>LIMPEZA DE LOTES NA AVENIDA GOVERNADOR VALADARES E RECOLHIMENTO DE LIXOS.</t>
+  </si>
+  <si>
+    <t>1159</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1159/026_alex.pdf</t>
+  </si>
+  <si>
+    <t>PREENCHIMENTO DE VAGA DO CARGO DE “FISCAL DE POSTURAS”.</t>
+  </si>
+  <si>
+    <t>1160</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1160/027_queijinho.pdf</t>
+  </si>
+  <si>
+    <t>LIMPEZA DE CAMPO DE FUTEBOL E REFORMA DE VESTIÁRIOS.</t>
+  </si>
+  <si>
+    <t>1161</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1161/028_katia.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE “MÉDICO” PARA REALIZAR SUBSTITUIÇÕES E COBRIR FÉRIAS E AFASTAMENTOS DE OUTROS MÉDICOS.</t>
+  </si>
+  <si>
+    <t>1162</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1162/029_katia.pdf</t>
+  </si>
+  <si>
+    <t>OBRAS DE REPAROS OU ASFALTAMENTO EM CALÇAMENTO DE RUAS.</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1173/030_alex.pdf</t>
+  </si>
+  <si>
+    <t>INFORMAÇÕES SOBRE O CARGO DE “ENGENHEIRO DE SEGURANÇA DO TRABALHO.</t>
+  </si>
+  <si>
+    <t>1174</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1174/031_alex.pdf</t>
+  </si>
+  <si>
+    <t>PAVIMENTAÇÃO DA RUA “TRAVESSA DO POSTO” NA ILHA.</t>
+  </si>
+  <si>
+    <t>1175</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1175/032_alex.pdf</t>
+  </si>
+  <si>
+    <t>Informações servidores e respectiva categoria da Carteira de Habilitação exigida para conduzir determinados veículos oficiais</t>
+  </si>
+  <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1176/033_alex.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre veículos oficiais do Município que atendem o _x000D_
+setor de Tratamento Fora do Domicílio (TFD).</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1177/034_leslie.pdf</t>
+  </si>
+  <si>
+    <t>Intervenção na Avenida Laura Andrade.</t>
+  </si>
+  <si>
+    <t>1178</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1178/035_leslie.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação da infraestrutura urbana, manutenção viária e _x000D_
+limpeza pública em bairros</t>
+  </si>
+  <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1179/036_leslie.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza urbana, iluminação pública e poda de árvores em _x000D_
+diversos bairros.</t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1180/037_alex.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento da Lei Municipal nº 2.882 de 05/06/2018</t>
+  </si>
+  <si>
+    <t>1181</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1181/038_katia.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre servidores contratados na área da Educação.</t>
+  </si>
+  <si>
+    <t>1187</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1187/039_alex.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre reforma e revitalização do Parque Municipal da Usina Velha</t>
+  </si>
+  <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1188/040_alex.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre entrega de óculos gratuitos</t>
+  </si>
+  <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1189/041_alex.pdf</t>
+  </si>
+  <si>
+    <t>Relação de imóveis do Município em Calciolândia</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1190/042_alex.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre a execução de obras de reformas de casas no município de Arcos/MG</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1193/043_katia.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza em geral de bairros da Zona Norte.</t>
+  </si>
+  <si>
+    <t>1194</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1194/044_joao_paulo.pdf</t>
+  </si>
+  <si>
+    <t>Realização de audiência pública</t>
+  </si>
+  <si>
+    <t>1195</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Jaiane</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1195/045_jaiane.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre déficit de vagas nas creches municipais</t>
+  </si>
+  <si>
+    <t>1196</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1196/046_jaiane.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção de parques e espaços públicos municipais</t>
+  </si>
+  <si>
+    <t>1197</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1197/047_carlos.pdf</t>
+  </si>
+  <si>
+    <t>Instituição de linha de transporte específica para atender os universitários que estudam no IFMG – Campus Arcos.</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1206/048_katia.pdf</t>
+  </si>
+  <si>
+    <t>Programa municipal de distribuição de “kits de maternidade”.</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1207/049_katia.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e estruturação na Rua Antônio Ribeiro de Morais.</t>
+  </si>
+  <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1208/050_katia.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento da Lei Municipal nº 2.716 de 15/07/2015</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1209/051_katia.pdf</t>
+  </si>
+  <si>
+    <t>Brinquedos adaptados para crianças com deficiências e Transtorno do Espectro Autista nos parquinhos infantis da cidade.</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1210/052_queijinho.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e reestruturação da Praça do Bairro Sol Nascente</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1211/053_alex.pdf</t>
+  </si>
+  <si>
+    <t>Novos esclarecimentos sobre veículos utilizados no setor de TFD</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1212/054_carlos.pdf</t>
+  </si>
+  <si>
+    <t>Reforma e revitalização de praça no Bairro Calcita</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1213/055_genorinho.pdf</t>
+  </si>
+  <si>
+    <t>Recolhimento diário de lixo na Avenida Laura Andrade</t>
+  </si>
+  <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1215/056_joaozinho.pdf</t>
+  </si>
+  <si>
+    <t>Formação de comissão para acompanhamento das propostas de revisão do Estatuto dos Servidores, Estatuto do Magistério e Plano de Carreira.</t>
+  </si>
+  <si>
+    <t>1224</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1224/057_katia.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento da lei municipal nº 3.143/2024 e consequente criação do centro de acolhimento para mulheres vítimas de violência.</t>
+  </si>
+  <si>
+    <t>1225</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1225/058_alex.pdf</t>
+  </si>
+  <si>
+    <t>Esclarecimentos e relatórios referentes a casos de Leishmaniose em bairros do município.</t>
+  </si>
+  <si>
+    <t>1226</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1226/059_alex.pdf</t>
+  </si>
+  <si>
+    <t>Notificação de Construtora para a limpeza de lotes e áreas adjacentes no Bairro Bom Fim.</t>
+  </si>
+  <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1227/060_genorinho.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de braços de luz em vias públicas</t>
+  </si>
+  <si>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1228/061_joaozinho.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre o Distrito Industrial</t>
+  </si>
+  <si>
+    <t>1157</t>
+  </si>
+  <si>
+    <t>Em</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>CLJR - Comissão de Legislação, Justiça e Redação Final</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1157/emenda_01_-_plo_027-2026.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA AO PROJETO DE LEI ORDINÁRIA Nº 027/2025 DO EXECUTIVO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>1158</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1158/emenda_02_-_plo_004-2026.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa ao Projeto de Lei Ordinária nº 004/2025 do Executivo Municipal.</t>
+  </si>
+  <si>
+    <t>1163</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1163/emenda_03_-_plo_028-2026.pdf</t>
+  </si>
+  <si>
+    <t>EMENDAS MODIFICATIVAS AO PROJETO DE LEI ORDINÁRIA Nº 028/2025 DO EXECUTIVO MUNICIPAL QUE ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.232, DE 10 DE JULHO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1231</t>
+  </si>
+  <si>
+    <t>http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1231/emenda_05_-_plo_001-2026.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa nº 005 ao Projeto de Lei Ordinária nº 001/2026 do Executivo Municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -496,68 +1606,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1120/plo_001-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1121/plo_002-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1126/plo_003-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1127/plc_001-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1122/001_alex.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1123/002_alex.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1124/003_carlos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1125/004_alex.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1156/emenda_plo_005-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1214/projeto_decreto_legisl._001-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1120/plo_001-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1121/plo_002-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1126/plo_003-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1145/plo_004-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1144/plo_005-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1165/plo_006-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1166/plo_007-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1167/plo_008-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1192/plo_009-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1218/plo_010-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1232/plo_011-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1233/plo_012-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1234/plo_013-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1153/projeto_de_lei_no_01-2026_-_reajuste_dos_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1154/projeto_de_lei_no_02-2026_-_revisao_subsidios.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1172/projeto_de_lei_no_03-2026_-_queijinho_-_atendimento_prioritario_a_pacientes_com_diabetes_tipo_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1186/projeto_de_lei_no_04-2026_-_funcoes_gratificadas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1191/projeto_de_lei_no_05-2026_-_utilidade_publica_insituto_arcos_socioambiental.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1217/projeto_de_lei_no_07-2026_-_programa_cidade_limpa_-_leslie.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1200/projeto_de_lei_no_08-2026_-_identificacao_de_veiculos_publicos_-_alex_e_jaiane.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1216/projeto_de_lei_no_09-2026_-_katia_-_notificacao_de_mordedura_de_animais.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1230/projeto_de_lei_no_10-2026_-_leslie_-_vedacao_de_nomeacao_de_condenados_pela_lei_maria_da_penha.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1127/plc_001-2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1168/plc_002-2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1169/plc_003-2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1170/plc_004-2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1171/plc_005-2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1182/plc_006-2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1201/plc_007-2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1219/plc_008-2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1220/plc_009-2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1221/plc_010-2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1222/plc_011-2026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1223/plc_012-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1235/plc__013-2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1155/projeto_de_resolucao_no_01-2026_-_recomposicao_anual.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1183/projeto_de_resolucao_no_02-2026_-_recomendacao_mpc.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1184/projeto_de_resolucao_no_03-2026_-_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1185/projeto_de_resolucao_no_04-2026_-_estrutura.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1122/001_alex.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1123/002_alex.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1124/003_carlos.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1125/004_alex.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1128/005_leslie.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1129/006_leslie.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1130/007_leslie.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1131/008_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1132/009_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1133/010_alex.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1134/011_alex.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1135/012_alex.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1136/013_alex.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1137/014_alex.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1138/015_katia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1139/016_alex.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1140/017_leslie.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1141/018_carlos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1142/019_alex.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1143/020_genorinho.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1146/021_alex.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1147/022_comissao_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1148/023_hernane.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1152/024_mesa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1151/025_leslie.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1159/026_alex.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1160/027_queijinho.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1161/028_katia.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1162/029_katia.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1173/030_alex.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1174/031_alex.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1175/032_alex.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1176/033_alex.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1177/034_leslie.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1178/035_leslie.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1179/036_leslie.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1180/037_alex.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1181/038_katia.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1187/039_alex.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1188/040_alex.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1189/041_alex.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1190/042_alex.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1193/043_katia.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1194/044_joao_paulo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1195/045_jaiane.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1196/046_jaiane.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1197/047_carlos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1206/048_katia.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1207/049_katia.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1208/050_katia.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1209/051_katia.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1210/052_queijinho.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1211/053_alex.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1212/054_carlos.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1213/055_genorinho.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1215/056_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1224/057_katia.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1225/058_alex.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1226/059_alex.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1227/060_genorinho.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1228/061_joaozinho.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1157/emenda_01_-_plo_027-2026.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1158/emenda_02_-_plo_004-2026.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1163/emenda_03_-_plo_028-2026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arcos.mg.leg.br/media/sapl/public/materialegislativa/2026/1231/emenda_05_-_plo_001-2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="41.7109375" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="213.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="75.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="166.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -576,234 +1686,2907 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
         <v>29</v>
       </c>
-      <c r="B6" t="s">
-[...5 lines deleted...]
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>30</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="D7" t="s">
+        <v>29</v>
+      </c>
+      <c r="E7" t="s">
         <v>30</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="D8" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" t="s">
         <v>30</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>29</v>
+      </c>
+      <c r="E9" t="s">
+        <v>30</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E10" t="s">
+        <v>30</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>57</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H12" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" t="s">
+        <v>30</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H13" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>65</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E14" t="s">
+        <v>30</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H14" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" t="s">
+        <v>29</v>
+      </c>
+      <c r="E15" t="s">
+        <v>30</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
+        <v>29</v>
+      </c>
+      <c r="E16" t="s">
+        <v>30</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" t="s">
+        <v>29</v>
+      </c>
+      <c r="E17" t="s">
+        <v>30</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H17" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F18" t="s">
+        <v>84</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H18" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>87</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>34</v>
+      </c>
+      <c r="D19" t="s">
+        <v>82</v>
+      </c>
+      <c r="E19" t="s">
+        <v>83</v>
+      </c>
+      <c r="F19" t="s">
+        <v>84</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H19" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" t="s">
+        <v>82</v>
+      </c>
+      <c r="E20" t="s">
+        <v>83</v>
+      </c>
+      <c r="F20" t="s">
+        <v>84</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H20" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>93</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
         <v>42</v>
       </c>
-      <c r="B9" t="s">
-[...18 lines deleted...]
-        <v>45</v>
+      <c r="D21" t="s">
+        <v>82</v>
+      </c>
+      <c r="E21" t="s">
+        <v>83</v>
+      </c>
+      <c r="F21" t="s">
+        <v>94</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H21" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>97</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>46</v>
+      </c>
+      <c r="D22" t="s">
+        <v>82</v>
+      </c>
+      <c r="E22" t="s">
+        <v>83</v>
+      </c>
+      <c r="F22" t="s">
+        <v>98</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H22" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>101</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>54</v>
+      </c>
+      <c r="D23" t="s">
+        <v>82</v>
+      </c>
+      <c r="E23" t="s">
+        <v>83</v>
+      </c>
+      <c r="F23" t="s">
+        <v>98</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H23" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>104</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>58</v>
+      </c>
+      <c r="D24" t="s">
+        <v>82</v>
+      </c>
+      <c r="E24" t="s">
+        <v>83</v>
+      </c>
+      <c r="F24" t="s">
+        <v>105</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H24" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>108</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>62</v>
+      </c>
+      <c r="D25" t="s">
+        <v>82</v>
+      </c>
+      <c r="E25" t="s">
+        <v>83</v>
+      </c>
+      <c r="F25" t="s">
+        <v>109</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H25" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>112</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26" t="s">
+        <v>82</v>
+      </c>
+      <c r="E26" t="s">
+        <v>83</v>
+      </c>
+      <c r="F26" t="s">
+        <v>98</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H26" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>115</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" t="s">
+        <v>116</v>
+      </c>
+      <c r="E27" t="s">
+        <v>117</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H27" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>120</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>34</v>
+      </c>
+      <c r="D28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E28" t="s">
+        <v>117</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H28" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>123</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>38</v>
+      </c>
+      <c r="D29" t="s">
+        <v>116</v>
+      </c>
+      <c r="E29" t="s">
+        <v>117</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="H29" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>42</v>
+      </c>
+      <c r="D30" t="s">
+        <v>116</v>
+      </c>
+      <c r="E30" t="s">
+        <v>117</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H30" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>128</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>46</v>
+      </c>
+      <c r="D31" t="s">
+        <v>116</v>
+      </c>
+      <c r="E31" t="s">
+        <v>117</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H31" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>130</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>50</v>
+      </c>
+      <c r="D32" t="s">
+        <v>116</v>
+      </c>
+      <c r="E32" t="s">
+        <v>117</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H32" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>133</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>54</v>
+      </c>
+      <c r="D33" t="s">
+        <v>116</v>
+      </c>
+      <c r="E33" t="s">
+        <v>117</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H33" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>135</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>58</v>
+      </c>
+      <c r="D34" t="s">
+        <v>116</v>
+      </c>
+      <c r="E34" t="s">
+        <v>117</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H34" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>137</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>62</v>
+      </c>
+      <c r="D35" t="s">
+        <v>116</v>
+      </c>
+      <c r="E35" t="s">
+        <v>117</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H35" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>139</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>66</v>
+      </c>
+      <c r="D36" t="s">
+        <v>116</v>
+      </c>
+      <c r="E36" t="s">
+        <v>117</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H36" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>141</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>70</v>
+      </c>
+      <c r="D37" t="s">
+        <v>116</v>
+      </c>
+      <c r="E37" t="s">
+        <v>117</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H37" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>143</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>74</v>
+      </c>
+      <c r="D38" t="s">
+        <v>116</v>
+      </c>
+      <c r="E38" t="s">
+        <v>117</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H38" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>145</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>78</v>
+      </c>
+      <c r="D39" t="s">
+        <v>116</v>
+      </c>
+      <c r="E39" t="s">
+        <v>117</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H39" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>148</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>149</v>
+      </c>
+      <c r="E40" t="s">
+        <v>150</v>
+      </c>
+      <c r="F40" t="s">
+        <v>94</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H40" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>153</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>34</v>
+      </c>
+      <c r="D41" t="s">
+        <v>149</v>
+      </c>
+      <c r="E41" t="s">
+        <v>150</v>
+      </c>
+      <c r="F41" t="s">
+        <v>94</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H41" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>156</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>38</v>
+      </c>
+      <c r="D42" t="s">
+        <v>149</v>
+      </c>
+      <c r="E42" t="s">
+        <v>150</v>
+      </c>
+      <c r="F42" t="s">
+        <v>94</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H42" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>159</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>42</v>
+      </c>
+      <c r="D43" t="s">
+        <v>149</v>
+      </c>
+      <c r="E43" t="s">
+        <v>150</v>
+      </c>
+      <c r="F43" t="s">
+        <v>94</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="H43" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>162</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>10</v>
+      </c>
+      <c r="D44" t="s">
+        <v>163</v>
+      </c>
+      <c r="E44" t="s">
+        <v>164</v>
+      </c>
+      <c r="F44" t="s">
+        <v>19</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H44" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>167</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>34</v>
+      </c>
+      <c r="D45" t="s">
+        <v>163</v>
+      </c>
+      <c r="E45" t="s">
+        <v>164</v>
+      </c>
+      <c r="F45" t="s">
+        <v>19</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="H45" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>170</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>38</v>
+      </c>
+      <c r="D46" t="s">
+        <v>163</v>
+      </c>
+      <c r="E46" t="s">
+        <v>164</v>
+      </c>
+      <c r="F46" t="s">
+        <v>171</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="H46" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>174</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>42</v>
+      </c>
+      <c r="D47" t="s">
+        <v>163</v>
+      </c>
+      <c r="E47" t="s">
+        <v>164</v>
+      </c>
+      <c r="F47" t="s">
+        <v>19</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H47" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>177</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>46</v>
+      </c>
+      <c r="D48" t="s">
+        <v>163</v>
+      </c>
+      <c r="E48" t="s">
+        <v>164</v>
+      </c>
+      <c r="F48" t="s">
+        <v>98</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H48" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>180</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>50</v>
+      </c>
+      <c r="D49" t="s">
+        <v>163</v>
+      </c>
+      <c r="E49" t="s">
+        <v>164</v>
+      </c>
+      <c r="F49" t="s">
+        <v>98</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H49" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>183</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>54</v>
+      </c>
+      <c r="D50" t="s">
+        <v>163</v>
+      </c>
+      <c r="E50" t="s">
+        <v>164</v>
+      </c>
+      <c r="F50" t="s">
+        <v>98</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H50" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>186</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>58</v>
+      </c>
+      <c r="D51" t="s">
+        <v>163</v>
+      </c>
+      <c r="E51" t="s">
+        <v>164</v>
+      </c>
+      <c r="F51" t="s">
+        <v>187</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H51" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>190</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>62</v>
+      </c>
+      <c r="D52" t="s">
+        <v>163</v>
+      </c>
+      <c r="E52" t="s">
+        <v>164</v>
+      </c>
+      <c r="F52" t="s">
+        <v>187</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H52" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>193</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>66</v>
+      </c>
+      <c r="D53" t="s">
+        <v>163</v>
+      </c>
+      <c r="E53" t="s">
+        <v>164</v>
+      </c>
+      <c r="F53" t="s">
+        <v>19</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="H53" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>196</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>70</v>
+      </c>
+      <c r="D54" t="s">
+        <v>163</v>
+      </c>
+      <c r="E54" t="s">
+        <v>164</v>
+      </c>
+      <c r="F54" t="s">
+        <v>19</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H54" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>199</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>74</v>
+      </c>
+      <c r="D55" t="s">
+        <v>163</v>
+      </c>
+      <c r="E55" t="s">
+        <v>164</v>
+      </c>
+      <c r="F55" t="s">
+        <v>19</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H55" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>202</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>78</v>
+      </c>
+      <c r="D56" t="s">
+        <v>163</v>
+      </c>
+      <c r="E56" t="s">
+        <v>164</v>
+      </c>
+      <c r="F56" t="s">
+        <v>19</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H56" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>205</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>206</v>
+      </c>
+      <c r="D57" t="s">
+        <v>163</v>
+      </c>
+      <c r="E57" t="s">
+        <v>164</v>
+      </c>
+      <c r="F57" t="s">
+        <v>19</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H57" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>209</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>210</v>
+      </c>
+      <c r="D58" t="s">
+        <v>163</v>
+      </c>
+      <c r="E58" t="s">
+        <v>164</v>
+      </c>
+      <c r="F58" t="s">
+        <v>109</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H58" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>213</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>214</v>
+      </c>
+      <c r="D59" t="s">
+        <v>163</v>
+      </c>
+      <c r="E59" t="s">
+        <v>164</v>
+      </c>
+      <c r="F59" t="s">
+        <v>19</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H59" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>217</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>218</v>
+      </c>
+      <c r="D60" t="s">
+        <v>163</v>
+      </c>
+      <c r="E60" t="s">
+        <v>164</v>
+      </c>
+      <c r="F60" t="s">
+        <v>98</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H60" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>221</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>222</v>
+      </c>
+      <c r="D61" t="s">
+        <v>163</v>
+      </c>
+      <c r="E61" t="s">
+        <v>164</v>
+      </c>
+      <c r="F61" t="s">
+        <v>171</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H61" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>225</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>226</v>
+      </c>
+      <c r="D62" t="s">
+        <v>163</v>
+      </c>
+      <c r="E62" t="s">
+        <v>164</v>
+      </c>
+      <c r="F62" t="s">
+        <v>19</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H62" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>229</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>230</v>
+      </c>
+      <c r="D63" t="s">
+        <v>163</v>
+      </c>
+      <c r="E63" t="s">
+        <v>164</v>
+      </c>
+      <c r="F63" t="s">
+        <v>231</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H63" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>234</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>235</v>
+      </c>
+      <c r="D64" t="s">
+        <v>163</v>
+      </c>
+      <c r="E64" t="s">
+        <v>164</v>
+      </c>
+      <c r="F64" t="s">
+        <v>19</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H64" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>238</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>239</v>
+      </c>
+      <c r="D65" t="s">
+        <v>163</v>
+      </c>
+      <c r="E65" t="s">
+        <v>164</v>
+      </c>
+      <c r="F65" t="s">
+        <v>240</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H65" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>243</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>244</v>
+      </c>
+      <c r="D66" t="s">
+        <v>163</v>
+      </c>
+      <c r="E66" t="s">
+        <v>164</v>
+      </c>
+      <c r="F66" t="s">
+        <v>84</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H66" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>247</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>248</v>
+      </c>
+      <c r="D67" t="s">
+        <v>163</v>
+      </c>
+      <c r="E67" t="s">
+        <v>164</v>
+      </c>
+      <c r="F67" t="s">
+        <v>94</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H67" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>251</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>252</v>
+      </c>
+      <c r="D68" t="s">
+        <v>163</v>
+      </c>
+      <c r="E68" t="s">
+        <v>164</v>
+      </c>
+      <c r="F68" t="s">
+        <v>98</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H68" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>255</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>256</v>
+      </c>
+      <c r="D69" t="s">
+        <v>163</v>
+      </c>
+      <c r="E69" t="s">
+        <v>164</v>
+      </c>
+      <c r="F69" t="s">
+        <v>19</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H69" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>259</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>260</v>
+      </c>
+      <c r="D70" t="s">
+        <v>163</v>
+      </c>
+      <c r="E70" t="s">
+        <v>164</v>
+      </c>
+      <c r="F70" t="s">
+        <v>84</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H70" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>263</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>264</v>
+      </c>
+      <c r="D71" t="s">
+        <v>163</v>
+      </c>
+      <c r="E71" t="s">
+        <v>164</v>
+      </c>
+      <c r="F71" t="s">
+        <v>109</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H71" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>267</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>268</v>
+      </c>
+      <c r="D72" t="s">
+        <v>163</v>
+      </c>
+      <c r="E72" t="s">
+        <v>164</v>
+      </c>
+      <c r="F72" t="s">
+        <v>109</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H72" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>271</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>272</v>
+      </c>
+      <c r="D73" t="s">
+        <v>163</v>
+      </c>
+      <c r="E73" t="s">
+        <v>164</v>
+      </c>
+      <c r="F73" t="s">
+        <v>19</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H73" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>275</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>276</v>
+      </c>
+      <c r="D74" t="s">
+        <v>163</v>
+      </c>
+      <c r="E74" t="s">
+        <v>164</v>
+      </c>
+      <c r="F74" t="s">
+        <v>19</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H74" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>279</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>280</v>
+      </c>
+      <c r="D75" t="s">
+        <v>163</v>
+      </c>
+      <c r="E75" t="s">
+        <v>164</v>
+      </c>
+      <c r="F75" t="s">
+        <v>19</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H75" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>283</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>284</v>
+      </c>
+      <c r="D76" t="s">
+        <v>163</v>
+      </c>
+      <c r="E76" t="s">
+        <v>164</v>
+      </c>
+      <c r="F76" t="s">
+        <v>19</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H76" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>287</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>288</v>
+      </c>
+      <c r="D77" t="s">
+        <v>163</v>
+      </c>
+      <c r="E77" t="s">
+        <v>164</v>
+      </c>
+      <c r="F77" t="s">
+        <v>98</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="H77" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>291</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>292</v>
+      </c>
+      <c r="D78" t="s">
+        <v>163</v>
+      </c>
+      <c r="E78" t="s">
+        <v>164</v>
+      </c>
+      <c r="F78" t="s">
+        <v>98</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H78" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>295</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>296</v>
+      </c>
+      <c r="D79" t="s">
+        <v>163</v>
+      </c>
+      <c r="E79" t="s">
+        <v>164</v>
+      </c>
+      <c r="F79" t="s">
+        <v>98</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H79" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>299</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>300</v>
+      </c>
+      <c r="D80" t="s">
+        <v>163</v>
+      </c>
+      <c r="E80" t="s">
+        <v>164</v>
+      </c>
+      <c r="F80" t="s">
+        <v>19</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="H80" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>303</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>304</v>
+      </c>
+      <c r="D81" t="s">
+        <v>163</v>
+      </c>
+      <c r="E81" t="s">
+        <v>164</v>
+      </c>
+      <c r="F81" t="s">
+        <v>109</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H81" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>307</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>308</v>
+      </c>
+      <c r="D82" t="s">
+        <v>163</v>
+      </c>
+      <c r="E82" t="s">
+        <v>164</v>
+      </c>
+      <c r="F82" t="s">
+        <v>19</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H82" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>311</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>312</v>
+      </c>
+      <c r="D83" t="s">
+        <v>163</v>
+      </c>
+      <c r="E83" t="s">
+        <v>164</v>
+      </c>
+      <c r="F83" t="s">
+        <v>19</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H83" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>315</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>316</v>
+      </c>
+      <c r="D84" t="s">
+        <v>163</v>
+      </c>
+      <c r="E84" t="s">
+        <v>164</v>
+      </c>
+      <c r="F84" t="s">
+        <v>19</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H84" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>319</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>320</v>
+      </c>
+      <c r="D85" t="s">
+        <v>163</v>
+      </c>
+      <c r="E85" t="s">
+        <v>164</v>
+      </c>
+      <c r="F85" t="s">
+        <v>19</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H85" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>323</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>324</v>
+      </c>
+      <c r="D86" t="s">
+        <v>163</v>
+      </c>
+      <c r="E86" t="s">
+        <v>164</v>
+      </c>
+      <c r="F86" t="s">
+        <v>109</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="H86" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>327</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>328</v>
+      </c>
+      <c r="D87" t="s">
+        <v>163</v>
+      </c>
+      <c r="E87" t="s">
+        <v>164</v>
+      </c>
+      <c r="F87" t="s">
+        <v>187</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H87" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>331</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>332</v>
+      </c>
+      <c r="D88" t="s">
+        <v>163</v>
+      </c>
+      <c r="E88" t="s">
+        <v>164</v>
+      </c>
+      <c r="F88" t="s">
+        <v>333</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="H88" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>336</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>337</v>
+      </c>
+      <c r="D89" t="s">
+        <v>163</v>
+      </c>
+      <c r="E89" t="s">
+        <v>164</v>
+      </c>
+      <c r="F89" t="s">
+        <v>333</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H89" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>340</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>341</v>
+      </c>
+      <c r="D90" t="s">
+        <v>163</v>
+      </c>
+      <c r="E90" t="s">
+        <v>164</v>
+      </c>
+      <c r="F90" t="s">
+        <v>171</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H90" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>344</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>345</v>
+      </c>
+      <c r="D91" t="s">
+        <v>163</v>
+      </c>
+      <c r="E91" t="s">
+        <v>164</v>
+      </c>
+      <c r="F91" t="s">
+        <v>109</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H91" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>348</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>349</v>
+      </c>
+      <c r="D92" t="s">
+        <v>163</v>
+      </c>
+      <c r="E92" t="s">
+        <v>164</v>
+      </c>
+      <c r="F92" t="s">
+        <v>109</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H92" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>352</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>353</v>
+      </c>
+      <c r="D93" t="s">
+        <v>163</v>
+      </c>
+      <c r="E93" t="s">
+        <v>164</v>
+      </c>
+      <c r="F93" t="s">
+        <v>109</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="H93" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>356</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>357</v>
+      </c>
+      <c r="D94" t="s">
+        <v>163</v>
+      </c>
+      <c r="E94" t="s">
+        <v>164</v>
+      </c>
+      <c r="F94" t="s">
+        <v>109</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H94" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>360</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>361</v>
+      </c>
+      <c r="D95" t="s">
+        <v>163</v>
+      </c>
+      <c r="E95" t="s">
+        <v>164</v>
+      </c>
+      <c r="F95" t="s">
+        <v>84</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="H95" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>364</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>365</v>
+      </c>
+      <c r="D96" t="s">
+        <v>163</v>
+      </c>
+      <c r="E96" t="s">
+        <v>164</v>
+      </c>
+      <c r="F96" t="s">
+        <v>19</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="H96" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>368</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>369</v>
+      </c>
+      <c r="D97" t="s">
+        <v>163</v>
+      </c>
+      <c r="E97" t="s">
+        <v>164</v>
+      </c>
+      <c r="F97" t="s">
+        <v>171</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="H97" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>372</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>373</v>
+      </c>
+      <c r="D98" t="s">
+        <v>163</v>
+      </c>
+      <c r="E98" t="s">
+        <v>164</v>
+      </c>
+      <c r="F98" t="s">
+        <v>231</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H98" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>376</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>377</v>
+      </c>
+      <c r="D99" t="s">
+        <v>163</v>
+      </c>
+      <c r="E99" t="s">
+        <v>164</v>
+      </c>
+      <c r="F99" t="s">
+        <v>187</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H99" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>380</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>381</v>
+      </c>
+      <c r="D100" t="s">
+        <v>163</v>
+      </c>
+      <c r="E100" t="s">
+        <v>164</v>
+      </c>
+      <c r="F100" t="s">
+        <v>109</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="H100" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>384</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>385</v>
+      </c>
+      <c r="D101" t="s">
+        <v>163</v>
+      </c>
+      <c r="E101" t="s">
+        <v>164</v>
+      </c>
+      <c r="F101" t="s">
+        <v>19</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="H101" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>388</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>389</v>
+      </c>
+      <c r="D102" t="s">
+        <v>163</v>
+      </c>
+      <c r="E102" t="s">
+        <v>164</v>
+      </c>
+      <c r="F102" t="s">
+        <v>19</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H102" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>392</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>393</v>
+      </c>
+      <c r="D103" t="s">
+        <v>163</v>
+      </c>
+      <c r="E103" t="s">
+        <v>164</v>
+      </c>
+      <c r="F103" t="s">
+        <v>231</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="H103" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>396</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>397</v>
+      </c>
+      <c r="D104" t="s">
+        <v>163</v>
+      </c>
+      <c r="E104" t="s">
+        <v>164</v>
+      </c>
+      <c r="F104" t="s">
+        <v>187</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H104" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>400</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>10</v>
+      </c>
+      <c r="D105" t="s">
+        <v>401</v>
+      </c>
+      <c r="E105" t="s">
+        <v>402</v>
+      </c>
+      <c r="F105" t="s">
+        <v>403</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="H105" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>406</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>34</v>
+      </c>
+      <c r="D106" t="s">
+        <v>401</v>
+      </c>
+      <c r="E106" t="s">
+        <v>402</v>
+      </c>
+      <c r="F106" t="s">
+        <v>403</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="H106" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>409</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>38</v>
+      </c>
+      <c r="D107" t="s">
+        <v>401</v>
+      </c>
+      <c r="E107" t="s">
+        <v>402</v>
+      </c>
+      <c r="F107" t="s">
+        <v>403</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H107" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>412</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>46</v>
+      </c>
+      <c r="D108" t="s">
+        <v>401</v>
+      </c>
+      <c r="E108" t="s">
+        <v>402</v>
+      </c>
+      <c r="F108" t="s">
+        <v>403</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="H108" t="s">
+        <v>414</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>